--- v0 (2025-12-07)
+++ v1 (2026-02-21)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1888">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1907">
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Fish (1234)</t>
   </si>
   <si>
     <t>The Boy and a Frog (1898.1.1)</t>
   </si>
   <si>
     <t xml:space="preserve">In 1966, Louisa Ward Arps donated a concrete copy of “The Boy and a Frog” to the Denver Botanic Gardens for the opening of the Herb Garden, designed by Mrs. Persis McMurtrie Owen. Elsie Ward Hering created the original plaster statue in 1898 during her stay in Paris. Since Elsie’s death in 1923, Louisa and her family have had the original in their possession, later deciding to have a mold made to create three concrete copies. The mold and copies were created in 1965, but later that year, the mold was destroyed in the historic Denver Flood.
 The Denver Botanic Gardens is fortunate to display one of these copies, and the other two enhance the backyard gardens of other Ward family members.
 </t>
   </si>
   <si>
     <t>Elizabeth Allen Sopris Memorial (1906.1.1)</t>
@@ -3206,418 +3206,483 @@
     <t>Eight whimsical, site-specific artworks along Broadway between 5th and Bayaud avenues were created by Jamie Pawlus. Titled “Happiness,” “I See Neon Lights,” “Mood,” “Signs of Life,” “Somebody/Nobody,” “The Good Point,” “Understanding” and “Understood,” the installations lead viewers along the corridor and inspire moments of contemplation and humor, underscoring the connection between passersby and the spaces they are inhabiting in the moment.
 S Broadway between W Ellsworth Ave and W Archer Pl</t>
   </si>
   <si>
     <t>Mood (2024.1.7)</t>
   </si>
   <si>
     <t>Eight whimsical, site-specific artworks along Broadway between 5th and Bayaud avenues were created by Jamie Pawlus. Titled “Happiness,” “I See Neon Lights,” “Mood,” “Signs of Life,” “Somebody/Nobody,” “The Good Point,” “Understanding” and “Understood,” the installations lead viewers along the corridor and inspire moments of contemplation and humor, underscoring the connection between passersby and the spaces they are inhabiting in the moment.
 S Broadway and W Archer Pl</t>
   </si>
   <si>
     <t>I See Neon Lights (2024.1.8)</t>
   </si>
   <si>
     <t>Eight whimsical, site-specific artworks along Broadway between 5th and Bayaud avenues were created by Jamie Pawlus. Titled “Happiness,” “I See Neon Lights,” “Mood,” “Signs of Life,” “Somebody/Nobody,” “The Good Point,” “Understanding” and “Understood,” the installations lead viewers along the corridor and inspire moments of contemplation and humor, underscoring the connection between passersby and the spaces they are inhabiting in the moment.
 S Broadway between 1st Ave and W Irvington Pl
  </t>
   </si>
   <si>
     <t>The Journey (2024.2.1)</t>
   </si>
   <si>
     <t>THE JOURNEY is an installation of three murals within the Denver County Jail's Visitors' Room. Intended to support the much-needed connection between people serving their short sentences and their loved ones, these murals symbolize our interconnection and unity, hope for the future, and growth. </t>
   </si>
   <si>
-    <t>EQUIS (2024.3.1)</t>
-[...1 lines deleted...]
-  <si>
     <t>GLYPH (2024.5.1)</t>
   </si>
   <si>
     <t>Dynamic (2024.6.1.)</t>
   </si>
   <si>
     <t>"Inspiration Point Park is steeped in Denver's history and has been dynamically used since before Colorado achieved statehood and continues to serve the community today. The sculpture, titled 'Dynamic,' celebrates the historical significance of the land and its people across generations and into the future."</t>
   </si>
   <si>
     <t>Thread of Words (2024.7.1)</t>
   </si>
   <si>
     <t>Thread of Words, marks an important location at the confluence of the Cherry Creek and the South Platte River. The South Platte watershed was the ancestral homelands of the Arapaho, Cheyenne and Ute nations. The lands were also the hunting grounds and migration routes of other indigenous nations, including the Lakota, Apache, Comanche and Shoshone. The confluence of the Cherry Creek and the South Platte River was a favorite campground of the Arapaho. For decades, the Arapaho had camped at the two rivers during the winter months. In 1858, the Arapaho returned to find settlers camped in their home. By the end of 1858, 50 cabins had been erected and eventually the Arapaho and other indigenous nations were forcibly removed from their lands.
 This location is historically connected to the displacement of Indigenous peoples and the beginning of the Colorado Gold Rush. It is also recognized by some historians as the "origin" of the City of Denver. Additionally, during the 1970s the neighborhood of Auraria (which is adjacent to this location) had most of its low-income Latino community displaced in favor of the creation of the Auraria Higher Education Center. Ultimately this site has a long history of displacement and forced removal of the people that once called it their home. Our artwork and poem attempt to reflect that.
 The sculpture is integrally made of Stainless Steel.</t>
   </si>
   <si>
     <t>Forest Woodlands (2024.9.1)</t>
   </si>
   <si>
     <t>This sculpture features a selection of wildlife native to the alpine and forest woodland habitats of Colorado. Many of these species are currently threatened, and the artwork aims to raise awareness about them. As with all the sculptures, the ceramic work will feature relief elements that protrude up to half an inch from the background, adding an appealing tactile component to the art.
 The wildlife depicted on the south-facing side, from top to bottom, includes: Canada Lynx, Mountain Parnassian Butterfly, Subalpine Fir, Snowshoe Hare, Alpine Forget-me-not, Least Chipmunk, Heartleaf Arnica, Moose, and Northern Pocket Gopher.
 The wildlife depicted on the north-facing side, from top to bottom, includes: Golden Eagle, Alpine Lily, Pacific Marten, Avalanche Lily, Blue Grouse, Aspen leaves, White-tailed Ptarmigan, Purple Fringe, and Red Squirrel (Chickaree).</t>
   </si>
   <si>
     <t>Pinyon/Juniper Woodlands (2024.9.4)</t>
   </si>
   <si>
     <t>This sculpture features a selection of wildlife native to the pinyon and juniper woodland habitats of Colorado. Many of these species are currently threatened, and the artwork aims to raise awareness about them. As with all the sculptures, the ceramic work will feature relief elements that protrude up to half an inch from the background, adding an appealing tactile component to the art.
 The wildlife depicted on the west-facing side, from top to bottom, includes: Ringtail, Perky Sue, Blue-gray Gnatcatcher, Prickly Pear Cactus, Scaled Quail, Little Brown Bat, Pinyon Mouse
 The wildlife depicted on the east-facing side, from top to bottom, includes: Pinyon Jay, Juniper, Common Collared Lizard, Evening Grosbeak, Kinnikinnic, Pinyon Pine Seeds, Brown Tarantula</t>
   </si>
   <si>
     <t>Nature's Songs (2024.10.1)</t>
   </si>
   <si>
-    <t>Nature’s Songs was designed with three key elements of ecology: magic, wonder, and the importance of environmental joy, education, and conservation.
+    <t xml:space="preserve">Nature’s Songs was designed with three key elements of ecology: magic, wonder, and the importance of environmental joy, education, and conservation.
 1. **Pollinators** - These are essential for ensuring that plants develop fruit, seeds, and new plants. 2. **Seed Dispersal** - This refers to the movement, spread, or transport of seeds away from the parent plant.
 3. **Eco &amp; Bioacoustics** - This involves the audio documentation of nature, utilizing modern technology to aid in conservation and explore species interconnectedness.
 Nature serves as a rich metaphor for education and personal growth. The ELK Education Center acts as the foundational soil, nurturing and fostering growth. ELK’s programming functions as the pollination process, ensuring that the plants—representing ELK’s students—develop fully. These students are like seeds, growing, blooming, and eventually dispersing to perpetuate the cycle of growth for themselves, their communities, and the environment.
- </t>
+</t>
   </si>
   <si>
     <t>Constellations: Bear (Ursa Major), Crane (Grus), and Fox (Vulpecula) (2024.11.1)</t>
   </si>
   <si>
     <t>Inspired by Colorado's night sky and wildlife, these hand-painted stainless-steel sculptures celebrate the connection between celestial constellations and terrestrial animals.
 About the bear: Black bears are the only bears found in Colorado. Many black bears in Colorado are black, blonde, cinnamon, honey or brown colored.
-Symbolism: protection, commitment, courage, physical strength</t>
+Symbolism: protection, commitment, courage, physical strength
+ </t>
   </si>
   <si>
     <t>Constellations: Fox (Vulpecula) (2024.11.2)</t>
   </si>
   <si>
     <t>Inspired by Colorado's night sky and wildlife, these hand-painted stainless-steel sculptures celebrate the connection between celestial constellations and terrestrial animals.
 About the fox: There are four fox species that live in Colorado. The red fox, the gray fox, the swift fox, and the kit fox.
 Symbolism: adaptability, wise, resistance, obstacle</t>
   </si>
   <si>
     <t>Constellations: Crane (Grus) (2024.11.3)</t>
   </si>
   <si>
     <t>Inspired by Colorado's night sky and wildlife, these hand-painted stainless-steel sculptures celebrate the connection between celestial constellations and terrestrial animals.
 About the crane: There are 15 crane species throughout the world but the Greater Sandhill Crane is the only species currently found in Northwest Colorado.
 Symbolism: peace, happiness, longevity, good fortune</t>
   </si>
   <si>
     <t>It's Not What You Take, It's What You Bring Back (2025.1.1)</t>
   </si>
   <si>
     <t xml:space="preserve">It’s Not What You Take, It’s What You Bring Back is inspired by the idea that life is always in motion, with our luggage symbolizing the cherished items we carry through our journeys. The sculpture consists of 183 upcycled luggage pieces donated by Colorado residents. During the donation process, contributors were encouraged to share stories about their luggage, offering travelers a chance to connect with the history and significance of each piece.
 The sculpture’s shape evokes the take-off and landing of airplanes, representing the movement of passengers, while its colors mirror Colorado’s vibrant sunrises and sunsets. As travelers’ eyes follow the flow of the luggage, they see the bags metaphorically taking off during the day and landing at night, then taking off at night and landing in the day.
 Elements surrounding the sculpture highlight key aspects of Colorado’s culture and history, adding layers of meaning to the piece. Designed to be welcoming and engaging, the artwork invites passengers to learn more about Colorado while offering a heartfelt farewell to those departing on their journeys.
 </t>
   </si>
   <si>
     <t>The Constellations (2025.2.1)</t>
   </si>
   <si>
     <t>Untitled (2025.3.1)</t>
   </si>
   <si>
     <t>A mural by Jasmine Holmes celebrating the role recreation centers play in a thriving community. The artwork is located above the reception desk at the entrance to the Green Valley Ranch Recreation Center.</t>
   </si>
   <si>
     <t>Kissing Birds (2025.4.1)</t>
   </si>
   <si>
-    <t>Kissing Birds, is a free-standing steel sculptural archway trailhead creating a graceful transition space from the ELK programming patio to the nature trail.
-The eco-acoustic sound element; the community engagement aspect of this sculpture, is the creative process of the ELK community connecting with their ecological surroundings – incorporating the truth of technology with surrounding realities to generate interconnectedness. Two ELK student participants worked with professional musician and producer Shawn King, to record sounds of the environment while participating in ELK outdoor programming. The students mixed their sounds to create a sound scape composition that will be available to listen to at the ELK site as well as on-line.</t>
+    <t xml:space="preserve">Kissing Birds, is a free-standing steel sculptural archway trailhead creating a graceful transition space from the ELK programming patio to the nature trail.
+The eco-acoustic sound element; the community engagement aspect of this sculpture, is the creative process of the ELK community connecting with their ecological surroundings – incorporating the truth of technology with surrounding realities to generate interconnectedness. Two ELK student participants worked with professional musician and producer Shawn King, to record sounds of the environment while participating in ELK outdoor programming. The students mixed their sounds to create a sound scape composition that will be available to listen to at the ELK site as well as on-line.
+ </t>
   </si>
   <si>
     <t>Cultivating Dreams (2025.5.1)</t>
   </si>
   <si>
     <t>Cultivating Dreams is a dignity-informed diptych of hope and renewal, welcoming families experiencing homelessness to the Theodora Family Hotel on Colfax Avenue. One side features a sculpted hand holding a dandelion beneath a translucent acrylic sun; the other presents an open palm collecting drifting seeds under a luminous moon. Each powder-coated steel seed embeds ash from letters written by families, carrying private hopes across the building’s surface. By day, biophilic murals in sun and moonlit hues echo themes of growth and dignity; by night, integrated lighting transforms the work into a glowing beacon. Crafted in steel, high-density foam, acrylic, paper ash, and UV-stable finishes, Cultivating Dreams stands as a testament to resilience, connecting families and community through the simple, potent gesture of casting wishes into the world.</t>
   </si>
   <si>
     <t>Aquatics/Riparian (2025.6.1)</t>
   </si>
   <si>
     <t>This sculpture features a selection of wildlife native to the aquatic and riparian habitats of Colorado. Many of these species are currently threatened, and the artwork aims to raise awareness about them. As with all the sculptures, the ceramic work will feature relief elements that protrude up to half an inch from the background, adding an appealing tactile component to the art.
 The wildlife depicted on the west-facing side, clockwise from the bottom left, includes: Blue-winged Olive Mayfly, Northern Leopard Frog, Wilson’s Phalarope, Western River Birch Leaves, Belted Kingfisher, Cattails, and Colorado River Cutthroat Trout. 
 The wildlife depicted on the east-facing side, clockwise from the bottom left, includes: Artic Rush, Yellow Mud Turtle, Black Crowned Night Heron, Yellow-headed Blackbird, California Darner Dragonfly, Golden Stonefly Nymph, Plains Cottonwood Catkin and Leaf, and Western Tiger Swallowtail.</t>
   </si>
   <si>
     <t>Grasslands/Shrublands (2025.7.1)</t>
   </si>
   <si>
     <t>This sculpture features a selection of wildlife native to the semidesert shrubland habitats of Colorado. Many of these species are currently threatened, and the artwork aims to raise awareness about them. As with all the sculptures, the ceramic work will feature relief elements that protrude up to half an inch from the background, adding an appealing tactile component to the art.
 The wildlife depicted on the west-facing side, clockwise from the bottom left, includes: Burrowing Owl, Yucca, Pronghorn, Sunflower, Western Meadowlark, Black-footed Ferret, Copper Mallow, Greater Sage-grouse, Yerba Mansa, and Thirteen-lined Ground Squirrel.  
 The wildlife depicted on the east-facing side, f clockwise from the bottom left, includes: Black-tailed Jackrabbit, Texas Horned Lizard, lark Bunting, Blue Bells, Orange Sulphur, Balsam Root, Swift Fox, Black-billed Magpie, and Bison.</t>
   </si>
   <si>
     <t>Past, Present, Future (2025.8.1)</t>
   </si>
   <si>
     <t>I have three requirements for my work: that it is intellectually engaging, emotionally resonant, 
 and serves the community in which it lives. 
 The neighborhood means a lot of things to a lot of people, yet what we share is the generational 
 arc of families and friends that call it home. And, like generations of monarch butterflies, it takes 
 years to make change and build healthy people and their context. 
 I think artwork in parks is especially impactful. To quote Mr Rodgers: play is serious business.  
 Parks are where that happens, and where we learn to be good humans. By considering our ‘Past, 
 Present, and Future’, I hope to help us all honor those that came before us, be mindful of those 
-with us, and generous to those that will follow. </t>
+with us, and generous to those that will follow. 
+ </t>
   </si>
   <si>
     <t>Past, Present, Future [Duplicate] (2025.8.2)</t>
   </si>
   <si>
     <t>Past, Present, Future [Duplicate] [Duplicate] (2025.8.3)</t>
   </si>
   <si>
     <t>Past, Present, Future [Duplicate] [Duplicate] [Duplicate] (2025.8.4)</t>
   </si>
   <si>
     <t>Ms. Pauline (2025.9.1)</t>
   </si>
   <si>
     <t>My intention with this triptych was to convey the cross-generational fun that reading brings into each of our lives. It's a story for the kids’ corner told through bold lines, color, and movement. A reminder of who Ms. Pauline was and how her legacy continues to transform the lives of the youth and this community. </t>
   </si>
   <si>
     <t>Ms. Pauline [Duplicate] (2025.9.2)</t>
   </si>
   <si>
     <t>Ms. Pauline [Duplicate] [Duplicate] (2025.9.3)</t>
   </si>
   <si>
     <t>Mrs. Pauline Robinson (2025.10.1)</t>
   </si>
   <si>
     <t>The library has always been rooted and centered in community. Mrs. Pauline Robinson’s work with Denver Public Library has given so many of us a safe, unique and vital space for us to come together, explore the many worlds of literature, dabble in our imaginations and create our own stories. May this art piece, Mrs. Pauline Robinson, be a remembrance and an offering to the community she loved, embraced and poured so much into. And may her legacy continue to be honored and celebrated for generations on end.</t>
   </si>
   <si>
     <t xml:space="preserve"> Rising Together (Mural: Sacred Threads)
  (2025.11.1)</t>
   </si>
   <si>
-    <t>"Rising Together" is a programmable social space at the National Western Center (NWC), designed to serve both the NWC and the surrounding neighborhoods. Historically, the NWC hosted stock shows that celebrated Denver’s role in the cattle industry. "Rising Together" reimagines that legacy by transforming the spirit of “The West” into a symbol of collective strength and creativity, echoing the tradition of a community barn raising where people join forces for the common good.
+    <t xml:space="preserve">"Rising Together" is a programmable social space at the National Western Center (NWC), designed to serve both the NWC and the surrounding neighborhoods. Historically, the NWC hosted stock shows that celebrated Denver’s role in the cattle industry. "Rising Together" reimagines that legacy by transforming the spirit of “The West” into a symbol of collective strength and creativity, echoing the tradition of a community barn raising where people join forces for the common good.
 The installation features four cantilevered walls that evoke a barn in the process of being raised. These open walls invite free pedestrian movement, while suspended seating provides flexible gathering spaces.
 The roof mural, titled "Sacred Threads," is a collaboration between artist Matthew Mazzotta and Denver muralist Bimmer Torres. Bimmer’s design celebrates the color, energy, and cultural heritage of the surrounding community, weaving together imagery that reflects local pride, resilience, and creativity. His mural honors the interconnectedness of people and place, symbolizing the community’s shared history and its ongoing evolution.
-Serving as both a landmark and a multi-use shade structure, "Rising Together" is envisioned as a venue for poetry readings, classes, music, dancing, and other creative programs developed in partnership between the NWC and local community leaders.</t>
+Serving as both a landmark and a multi-use shade structure, "Rising Together" is envisioned as a venue for poetry readings, classes, music, dancing, and other creative programs developed in partnership between the NWC and local community leaders.
+</t>
   </si>
   <si>
     <t>All Twisty (2025.12.1)</t>
   </si>
   <si>
-    <t>All Twisty features colorful mesh screens that overlap to create an optical illusion - a Moiré Effect that causes the surfaces to appear to twist and ripple and dance as the viewers move around the piece. Situated on the corner of Bear Valley Park, the site has a lot of activity as visitors drive, walk, or bike past the sculpture. All Twisty plays with the visitors as it captures their movement to create its own unique rippling display for each of them. At night solar lighting causes the piece to glow from within to create a colorful welcoming beacon for the community around Bear Valley Park.</t>
+    <t>All Twisty features colorful mesh screens that overlap to create an optical illusion - a Moiré Effect that causes the surfaces to appear to twist and ripple and dance as the viewers move around the piece. Situated on the corner of Bear Valley Park, the site has a lot of activity as visitors drive, walk, or bike past the sculpture. All Twisty plays with the visitors as it captures their movement to create its own unique rippling display for each of them. At night solar lighting causes the piece to glow from within to create a colorful welcoming beacon for the community around Bear Valley Park.
+ </t>
   </si>
   <si>
     <t>Sign of the Times (2025.13.1)</t>
   </si>
   <si>
-    <t>Living in an image driven society we are constantly being overloaded with pictures off our phones, logos in adds, demanding apps, billboards clouding our scenery and signs telling us where to go, which way to move or places to avoid. Our sculpture intends to remind us all, when you enter the park, take time to relax and enjoy. Take a deep breath and live life to the fullest. Exit your day-to-day stress and enjoy a walk in the park by yourself or with friends or family. Incorporate physical activity and mindful practices to maintain a healthier life.</t>
+    <t>Living in an image driven society we are constantly being overloaded with pictures off our phones, logos in adds, demanding apps, billboards clouding our scenery and signs telling us where to go, which way to move or places to avoid. Our sculpture intends to remind us all, when you enter the park, take time to relax and enjoy. Take a deep breath and live life to the fullest. Exit your day-to-day stress and enjoy a walk in the park by yourself or with friends or family. Incorporate physical activity and mindful practices to maintain a healthier life.
+ </t>
   </si>
   <si>
     <t>El Language de las Flores (2025.14.1)</t>
   </si>
   <si>
     <t>Created by artist Leticia Darlina Tanguma, this mural reflects the artist's deep belief in the shared humanity of all people, emphasizing themes of love, grace, hope, faith, and compassion. Families comfort each other, embodying the resilience and strength essential for healing.
 The artist expresses a personal connection to the theme through a self-portrait of herself and her daughter, representing those who have endured hardship. This portrayal of their journey through abuse, poverty, and hunger highlights the courage, determination, and resilience it takes to overcome obstacles and strive for a better life, including the pursuit of meaning, dignity, happiness and community.
 The mural is a tribute to Volunteers of America Colorado, which provided critical support to the artist when she and her daughter found refuge at the Volunteers of America Colorado Brandon Center during a difficult time in their lives. Through their help, the artist found a path out of pain and darkness, and this artwork serves as a heartfelt expression of gratitude. It also embodies the artist’s hope for a future where all individuals, especially children, can thrive in peaceful, loving communities.
 “Las familias se apoyan las unas a las otras, encarnando la resiliencia y fortaleza esencial para la sanación. Dedicated to all, trusting that our hearts embrace our right to equality, dignity, faith and love.”  - Leticia Darlina Tanguma
  </t>
   </si>
   <si>
     <t>Las Pilares (2025.15.1)</t>
   </si>
   <si>
     <t>Marco Garcia created twelve original mosaics for Central 70 Cover Park gateways. Each pilar corresponds to attributes and colors of the medicine wheel, which can represent the four directions – north, south, east, and west), the four seasons, and the four elements (fire, earth, water, wind). 
 About the Artist: My Name is Marco Antonio Garcia and I have been a freelance artist for almost 30 years. I grew up in Colorado in the Park Hill neighborhood and I'm one of 9 kids in my family. I'm number 7. I have a younger brother who is also an artist and has done work for the City of Denver. Before I left Colorado I worked as a Mural Artist and Faux finisher with a company that I started with my younger brother called Artistech Design. A few years after that I wanted to move closer to the beach so I went to work for the Walt Disney World Company as an Independent contractor doing Caricatures and Silhouettes and later becoming a performing Artist for events. When Disney closed because of the Pandemic, I decided it was a good time to move back home and establish my art career and to bring back all my knowledge that I learned with my 20 years at Disney World and share it with my fellow Coloradans.
  </t>
   </si>
   <si>
     <t>Talking Horseshoes (2025.16.1)</t>
   </si>
   <si>
-    <t>Talking Horseshoes, interprets the history of The Urban Farm. A large-scale everyday object, the work is playful and recognizable from a distance. It is informed by the natural surroundings of the farm and creates a gathering space for visitors.
+    <t xml:space="preserve">Talking Horseshoes, interprets the history of The Urban Farm. A large-scale everyday object, the work is playful and recognizable from a distance. It is informed by the natural surroundings of the farm and creates a gathering space for visitors.
 The artwork is a universal symbol of good luck and protection. In research, Mary has uncovered both agricultural, travel, and economic systems tied to the horseshoe from various cultures and regions across the globe.
 The sculpture invites viewers to move around it and interact not only by sitting in cutout spaces, but through “talking tubes” embedded within the sculpture. 
- </t>
+</t>
   </si>
   <si>
     <t>Untitled (2025.18.1)</t>
   </si>
   <si>
     <t>Artist John Pugh creates a large, hand-painted mural on the façade of the Zoo’s Waste Management Building, transforming an otherwise utilitarian structure into a striking visual experience. The building faces Duck Lake in City Park and is visible to park visitors walking or biking around the lake. The artwork draws inspiration from the historic architecture of City Park and incorporates imagery of Colorado wildlife, park animals, and select zoo animals, blending illusionistic painting techniques to create depth and narrative. The installation also includes a permanent viewfinder positioned across Duck Lake, inviting viewers to engage with the artwork from a distance as they discover hidden details and visual connections within the mural.
  </t>
   </si>
   <si>
     <t>Naturaleza en el Campo (2025.22.1)</t>
   </si>
   <si>
     <t>These four mosaic sculptures honor the legacy of Joe P. Martinez—a
 hero of bravery and sacrifice. The Eagle, Bear, Deer, and Bison reflect
 virtues drawn from Native American and American cultural imagery.
 Each animal symbolizes a part of his story: courage, strength, agility, and
 sacrifice. Together, they stand as enduring symbols of peace and a
 tribute to the values Joe P. Martinez gave his life to protect.
  </t>
   </si>
   <si>
+    <t>Habitats (2025.25.1)</t>
+  </si>
+  <si>
+    <t>Habitat's design was inspired by concepts around Ecology and Home; and themes around Where We Live. The "we" being all living being in our communities, flora and fauna. The sculpture Habitats is about recognizing that human's coexistence with other life forms &amp; their habitats. 
+Habitats celebrates the forms of shelter along with the ecological flora that also creates habitats. The sculpture is composed of 3 archway structures, that are physically engaging while maintaining the feel of outside and nature - large enough to be seen but not dominating the landscape or taking away from the natural beauty of the park and trail. 
+At the trail edge, there is an interactive listening station with stories collected by Sacred Return from local Native Cheyenne community members and a story collage from neighborhood storytellers; sharing their connections to ecology and where we live. </t>
+  </si>
+  <si>
+    <t>Mother Earth (2025.26.1)</t>
+  </si>
+  <si>
+    <t>"Mother Earth" honors the natural world which is the cradle of everything human. Cycles found in all life are hinted at in the artwork: day and night, nocturnal creatures and daylight dwellers, predator and prey, and a playful spinning element.The shape of the steel hints at the profile of a prehistoric fertility goddess as the Earth is the mother of us all.</t>
+  </si>
+  <si>
+    <t>Community (2025.27.1)</t>
+  </si>
+  <si>
+    <t>“Community” combines imagery of Sloan’s Lake wildlife, human presence both past and current, and words from local residents into an artwork that celebrates the unifying power of community. The steel structure, made of weathering steel, takes the form of the letter “C,” representing the word “community.” It is adorned with abstract ceramic leaf forms, reflecting the plant life of the lake shore.</t>
+  </si>
+  <si>
+    <t>Orbit (2025.28.1)</t>
+  </si>
+  <si>
+    <t>"Orbit" is a dynamic and futuristic artwork that celebrates hope, creativity, and youthful potential and imagination.
+The piece acts as part sculpture and part street furniture. It draws inspiration from the vibrant colors and shapes of a shooting star streaking across the beautiful Colorado evening sky. Patrons can climb into, sit on it, and explore it, creating an immersive experience that encourages imaginative play. The structure’s reflective surface mimics the twinkling of stars, evoking a sense of wonder and optimism for all who interact with it.  
+About the Artist: Volkan Alkanoglu is an artist and designer based in Portland, Oregon and founding principal of VA | DESIGN LLC. His creative focus revolves around the exploration of innovative forms through spatial, material, and technological avenues.
+ </t>
+  </si>
+  <si>
     <t>Santana Guitar (12345)</t>
   </si>
   <si>
     <t>25 Fake Wire Spoke Knock – Off Hubcaps  (AV.2019.1.1)</t>
   </si>
   <si>
     <t>Shibukusa Ryuzo VI (AV.2021.1)</t>
   </si>
   <si>
     <t>Trojan Horse (Bill Starke)</t>
   </si>
   <si>
     <t>Butterfly Walk (Butterfly Walk)</t>
   </si>
   <si>
     <t>The Butterfly Walk in La Alma Lincoln Park, along Mariposa Street between 11th and 12th avenues, activates common space, encouraging people from different cultural and economic backgrounds to build consensus and participate in a positive project for the common good. Inspired by the Spanish word for butterfly (mariposa), this project encourages positive activities in the park and improving overall conditions for the neighborhood.</t>
   </si>
   <si>
     <t>Take Time (Danial Salazar)</t>
   </si>
   <si>
     <t>Untitled 1 (Eric Paddock 1)</t>
   </si>
   <si>
     <t>Untitled 2 (Eric Paddock 2)</t>
   </si>
   <si>
     <t>Fish (Fish)</t>
   </si>
   <si>
     <t>Globeville Elyria Swansea Bus Bench Beautification Project (Globeville Elyria Swansea Bus )</t>
   </si>
   <si>
     <t>Through inspired collaboration and grant support from P.S. You Are Here, Birdseed Collective worked with Globeville Elyria Swansea (GES), LiveWell, RTD, Denver Public Works and community residents to identify six bus stops near the Bruce Randolph School, Swansea Elementary and Garden Place Elementary, and install and beautify bus benches. Lead artist Anthony Garcia Sr. decided the art would be a serape design – based on the long blanket-like shawl, often brightly colored and fringed at the ends. These projects in GES have transformed once vacant spaces into vibrant areas for resident and student transportation.</t>
   </si>
   <si>
     <t>[BLANK] (IN PROGRESS-HIGH LINE PARKER_M)</t>
   </si>
   <si>
     <t>[BLANK] (IN PROGRESS_44th &amp; Broadway)</t>
   </si>
   <si>
+    <t>[BLANK] (IN PROGRESS_47THAVEPARK)</t>
+  </si>
+  <si>
     <t>Forged Together (IN PROGRESS_56TH AVENUE)</t>
   </si>
   <si>
     <t>[BLANK] (IN PROGRESS_Athmar Park)</t>
   </si>
   <si>
     <t>Pathway to Home (IN PROGRESS_BEHAVIORAL HEALTH )</t>
   </si>
   <si>
     <t>[BLANK] (IN PROGRESS_Bethesda Park)</t>
   </si>
   <si>
     <t>[BLANK] (IN PROGRESS_Botanic Gardens)</t>
   </si>
   <si>
     <t>[BLANK] (IN PROGRESS_Colfax BRT)</t>
   </si>
   <si>
     <t>[BLANK] (IN PROGRESS_DENVER HEALTH OMC)</t>
   </si>
   <si>
+    <t>[BLANK] (IN PROGRESS_DENVERRESCUEMISS)</t>
+  </si>
+  <si>
     <t>[BLANK] (IN PROGRESS_DHA)</t>
   </si>
   <si>
     <t>[BLANK] (IN PROGRESS_DH CAMPUS PLAZA)</t>
   </si>
   <si>
     <t>[BLANK] (IN PROGRESS_DUNCAN PARKS)</t>
   </si>
   <si>
     <t>[BLANK] (IN PROGRESS_FEDERAL&amp;25TH)</t>
   </si>
   <si>
     <t>XX is a towering tribute to Denver’s Chicano culture, crafted from custom panels shaped like vintage lowrider hoods. Created by Los Gatos Locos (Carlos Fresquez and Spencer Eudaly), the three-sided, three-tiered obelisk rises in layers of cultural memory—from Aztec, Arapaho, and Ute motifs at the base, to Chicano and Latinx patterns, topped with western flair and local lowrider iconography. Coated in gleaming candy-flake paint with etched pinstriping, the work nods to car culture along Federal Boulevard and honors the legacy of low and slow. As Fresquez says: Praise the lowered.</t>
   </si>
   <si>
     <t>[BLANK] (IN PROGRESS_FIRESTATION 40)</t>
   </si>
   <si>
     <t>[BLANK] (IN PROGRESS_ MIKE BUCKLEY)</t>
   </si>
   <si>
     <t>[BLANK] (IN PROGRESS_MONTBELLO CENTRAL )</t>
   </si>
   <si>
     <t>Silver Lining (IN PROGRESS_MOTHERSHIP Ext.)</t>
   </si>
   <si>
     <t>In the spring of 2025, artist Sujin Lim conducted workshops with Mothership youth to draw outlines of clouds. In the workshop, youth played with the image of clouds on paper and wrote and shared stories about their potential positive futures. The drawings and the stories they created were exhibited as a wall installation and played as photo images on a monitor. Sujin gathered the drawings and based her final design and sculpture for the outdoor façade of the building. This work will be a beacon for youth in their search for safety and support.</t>
   </si>
   <si>
     <t>[BLANK] (IN PROGRESS_MOTHERSHIP Int.)</t>
   </si>
   <si>
     <t>[BLANK] (IN PROGRESS_Red Rocks)</t>
   </si>
   <si>
     <t>[BLANK] (IN PROGRESS_ROCKY MTN LK PARK)</t>
   </si>
   <si>
     <t>[BLANK] (IN PROGRESS_Ross-Barnum)</t>
   </si>
   <si>
     <t>[BLANK] (IN PROGRESS_RUBY HILL PHASE 3)</t>
   </si>
   <si>
     <t>[BLANK] (IN PROGRESS_Sabin Aell)</t>
   </si>
   <si>
-    <t>[BLANK] (IN PROGRESS_SAND CREEK)</t>
-[...7 lines deleted...]
-  <si>
     <t>Wheel of Time (IN PROGRESS_Schlessman Library)</t>
   </si>
   <si>
-    <t>Community (IN PROGRESS_SLOAN'S LAKE 1)</t>
-[...10 lines deleted...]
-  <si>
     <t>[BLANK] (IN PROGRESS_Swansea Rec Center)</t>
   </si>
   <si>
     <t>Untitled (Jonothan Borofsky)</t>
   </si>
   <si>
     <t>Untitled (Judith Trager)</t>
+  </si>
+  <si>
+    <t>Chromatic Penetration (L.2010.1)</t>
+  </si>
+  <si>
+    <t>moon (L.2010.2)</t>
+  </si>
+  <si>
+    <t>chromatic progressions (L.2010.3)</t>
+  </si>
+  <si>
+    <t>green star (L.2010.4)</t>
+  </si>
+  <si>
+    <t>white moon on green  (L.2010.5)</t>
+  </si>
+  <si>
+    <t>star (L.2010.6)</t>
+  </si>
+  <si>
+    <t>ordered accumulation (L.2010.7)</t>
+  </si>
+  <si>
+    <t>untitled (L.2010.8)</t>
+  </si>
+  <si>
+    <t>polychrome (warm &amp; cool) (L.2010.9)</t>
+  </si>
+  <si>
+    <t>polychrome (warm &amp; cool) (L.2010.10)</t>
+  </si>
+  <si>
+    <t>chromatic composition (L.2010.11)</t>
+  </si>
+  <si>
+    <t>Chromatic Gate (L.2010.12)</t>
+  </si>
+  <si>
+    <t>Two Curves with Warm Progressions on Yellow (L.2010.13)</t>
+  </si>
+  <si>
+    <t>Rainbow Carpet (L.2010.14)</t>
+  </si>
+  <si>
+    <t>Carpet Mural (L.2010.16)</t>
+  </si>
+  <si>
+    <t>ordered amassment III (L.2010.17)</t>
   </si>
   <si>
     <t>Mustang (Luis Jimenez)</t>
   </si>
   <si>
     <t>Four Seasons (Melinda Laz)</t>
   </si>
   <si>
     <t>Santana (Mem1)</t>
   </si>
   <si>
     <t>Dispatch (signed by Peter Francis) (Mem2)</t>
   </si>
   <si>
     <t>Red Wood (Mem3)</t>
   </si>
   <si>
     <t>Eric Johnson (Mem4)</t>
   </si>
   <si>
     <t>Firefall (Mem5)</t>
   </si>
   <si>
     <t>Rolling Stones (Mem6)</t>
   </si>
@@ -5386,51 +5451,52 @@
   <si>
     <t>Untitiled (black and white, man's face with mountains) (UAF.2014.85)</t>
   </si>
   <si>
     <t>Que Sera (UAF.2014.86)</t>
   </si>
   <si>
     <t>Dark Fist  (UAF.2014.87)</t>
   </si>
   <si>
     <t>Mountain scenery on building  (UAF.2014.88)</t>
   </si>
   <si>
     <t>Como Sabor (UAF.2014.90)</t>
   </si>
   <si>
     <t>5th Street Hub Sustainability Mural (UAF.2014.91)</t>
   </si>
   <si>
     <t>Untitled (map) (UAF.2014.92)</t>
   </si>
   <si>
     <t>Untitled (broken bedroom furniture) (UAF.2014.93)</t>
   </si>
   <si>
-    <t xml:space="preserve">About the artists:
+    <t xml:space="preserve">* No Longer on View *
+About the artists:
 Claudio Ethos (ETHOS) 
 Ethos was born in São Paulo in 1982 and currently lives and works there. He began putting in work around the age of 15 with spray paint as well as ballpoint pen, which, to this day, serve as his primary tools. Highly influenced by many of the usual suspects from the Brazilian scene, Os Gemeos, Vitche, Onesto, and Herbert Baglione, Ethos’ style has taken its own highly unique state and individual genesis. Many in São Paolo today still prefer the stencil technique, or are part of large pixação crews with their own signatures, but Ethos has carved out his own niche amongst the muralists. His large-scale outdoor murals are less impulsive in origin than many of his contemporaries' works, but no less stunning. His flawless conversions of his ballpoint pen drawings, usually from 8.5” x 11” or smaller, make absolutely remarkable transitions from paper to concrete, almost as if an image has been transferred by projector. While using a thread technique, amongst others, the amount of detail in his outdoor portraiture has captured the attention of countless art enthusiasts, his peers, and gallerists around the world. His penchant for replicating, to scale, the fine details of his ink and pencil drawings onto large walls has become his lasting signature. The content of this work, both indoors and outdoors, is inevitably related to the struggle of day-to-day existence that Paulistas experience. Population density and the constant strain of urban anxiety have become the subjects of many of Ethos’ narratives. Ethos’ characters have undeniably become some of the most recognized all throughout Brazil, with his ephemeral work at times straddling the line between the figurative and abstract. His elongated, flexible, and strained figures have an almost liquid quality to them; one foot firmly in the school of the surrealists. He also displays a solid grasp of textiles in the use of patterns. Huge black balls serve as eyes for the exhausted and maligned residents of the concrete jungle. These characters are a mixture of dreams and fragments of everyday life within the city.
 Alex Hornest (Onesto) 
 Onesto is a painter and sculptor who lives and works in Sao Paulo, a city that inspires you and makes you reflect on urban, playful and introspective themes. Based on that, his works focus on the relationship between cities and their inhabitants. Already, he often works with materials such as wood, bronze, porcelain and concrete shiro when he sculpts, and adds weird / random objects from our everyday life. In his ink oil, acrylic and duo works, he creates textures and contrasts with overlays that define light, shadow and depth, and blurs transparencies, so colors are not the key to the interpretation of objects or what they represent. In his works, imaginary and real characters reveal themselves, portraying a lyrical universe that balances chaos and turmoil.
 </t>
   </si>
   <si>
     <t>Amigos  (UAF.2015.9)</t>
   </si>
   <si>
     <t>Thunderbird  (UAF.2015.94)</t>
   </si>
   <si>
     <t>Untitled (person wearing a hoodie, painting a rainbow) (UAF.2015.95)</t>
   </si>
   <si>
     <t>City of the Sun  (UAF.2015.96)</t>
   </si>
   <si>
     <t xml:space="preserve">* No Longer on View *
 This blue and gold mural along the Cherry Creek trail is a prayer mandala, with each of the painted lines representing a repeated prayer. Emphasizing the medium of time and intention, the mural includes an overwhelming number of interconnected white and gold lines. Reminiscent of a celestial night sky, the central gold geometric mandala radiates as a reflection of the Sun, surrounded by neighboring stars and the dark matter between. The central geometric mandala is based on Pythagorean mathematics, utilizing the ratio proportion of Phi, a proportion found everywhere in nature. According to the artist, Gemma Danielle, the mural could also be interpreted as the self being represented by the central gold mandala, with all the surrounding golden circles representing the people in our network of connections.
 During the mural's creation, Gemma Danielle conducted a sound performance on the Full Moon Total Lunar Eclipse.
 "City of the Sun" was recognized by Americans for the Arts Public Art Network (PAN) Year in Review in 2016. The Year in Review annually recognizes outstanding public art projects that represent the most compelling work for the year from across the country and beyond. Two or more public art professionals serve as jurors to review hundreds of project applications and select up to 50 projects to highlight the most compelling public artworks. The PAN Year in Review is the only national program that specifically recognizes public art projects. Read more.
 [vimeo src=https://player.vimeo.com/video/178254948]
 Read more about the mural in a Colorado Public Radio story. 
@@ -5524,51 +5590,52 @@
     <t>Untitled (abstract figure) (UAF.2017.1)</t>
   </si>
   <si>
     <t>* No Longer on View *
 This pair of murals by Michael Gadlin form one work along the Cherry Creek Trail.</t>
   </si>
   <si>
     <t>Untitled (pop art, colorful cartoon characters)   (UAF.2017.2)</t>
   </si>
   <si>
     <t>*Artwork No Longer on View*
 Antonie Tavaglione, a.k.a. TAVA, created this colorful pop art mural along Cherry Creek Trail with help from Yiannis Bellis and Chuck Krausz, a.k.a. Emit. The mural depicts several well-known cartoon and comic book characters as well as Andy Warhol.</t>
   </si>
   <si>
     <t>Telmo &amp; Matthieu (UAF.2017.3 )</t>
   </si>
   <si>
     <t>*Artwork No Longer on View* 
 This Cherry Creek Trail mural stretches a full block and features several faces and leaf patterns, as well as a mountain landscape.
  </t>
   </si>
   <si>
     <t>Untitled (abstract flowing waves in blue, white and yellow) (UAF.2017.4)</t>
   </si>
   <si>
-    <t xml:space="preserve">This mural is situated on either side of a staircase leading to the Cherry Creek Bike Trail at 11th Avenue and Speer Boulevard.
+    <t xml:space="preserve">*No Longer On View*
+This mural is situated on either side of a staircase leading to the Cherry Creek Bike Trail at 11th Avenue and Speer Boulevard.
 Artist's Statement:
 The mural features a cosmic landscape with a handful of stardust patterns flowing from one end of the design to the other, with several dragon characters flying through the environment. The design has an otherworldly quality, with balanced, repetitive shapes and forms flowing throughout the composition, and playful characters flying through the scene.
 </t>
   </si>
   <si>
     <t>Untitled (black and white primitive figure) 
  (UAF.2017.5)</t>
   </si>
   <si>
     <t>Untitled (black bear surrounded by abstract colors).  (UAF.2017.6)</t>
   </si>
   <si>
     <t>This mural was painted in collaboration with Re-imagining Arts Worldwide.</t>
   </si>
   <si>
     <t>Quetzal (UAF.2017.7)</t>
   </si>
   <si>
     <t>The mural's design was based on the Prodigy Coffee icon, which is a Quetzal bird. The mural also includes jungle foliage and incorporates a variety of color wrapping around the building. Volunteers from the coffee shop assisted in the creation of this mural.</t>
   </si>
   <si>
     <t>Untitled (three figures holding antlers) (UAF.2017.8)</t>
   </si>
   <si>
     <t>This dreamlike mural on a basketball court wall at Fairview Elementary School features three figures holding antlers. This mural was painted in collaboration with Re-imagining Arts Worldwide (R.A.W.)</t>
@@ -6111,51 +6178,52 @@
   <si>
     <t xml:space="preserve">Daniel Chavez created "Transition" in 2018 and continued the work with "Overland Mural" in 2019.
 Artist's Statement:
 Transition depicts iconic imagery that bring us back to moments in the neighborhoods pioneering history. It displays old world styling juxtaposed against modern design elements in a bold, Avant Garde approach to composition and storytelling. I have included the working class, everyday people of color who have worked and called Overland home. Metal fabricators, whiskey distillers, carpenters, race car drivers, electricians, dispensary owners, cowboys and Native Americans are all included and woven throughout the various views of the neighborhood and surrounding Denver. I introduced typography to amplify the various names the neighborhood has been given during its continuing transition over the years. Transition further embraces the epic styling of WPA art depicting characters and scene framing in the approach of muralists Thomas Hart Benton and Diego Rivera, while tangled amidst the neighborhoods power lines and industrial tubes and piping. In closing, my completed work showcases a flutter of mere moments in the unfinished tapestry of one of Denver's most diligent and industrious neighborhoods; Overland.
 </t>
   </si>
   <si>
     <t>January (+February) (UAF.2018.25)</t>
   </si>
   <si>
     <t>Untitled (geometric pattern with flower design) (UAF.2018.26)</t>
   </si>
   <si>
     <t>Find Your Peak (UAF.2018.27)</t>
   </si>
   <si>
     <t>Untitled (abstract flowers and hands on dark gray background) (UAF.2018.28)</t>
   </si>
   <si>
     <t>Untitled (abstract snake eating an apple) (UAF.2018.29)</t>
   </si>
   <si>
     <t>World Color Wheel (UAF.2018.30)</t>
   </si>
   <si>
-    <t>Artist's Statement:
+    <t>*No Longer On View*
+Artist's Statement:
 This focus of this artwork is to show the diversity in the cultural identity of America, and to also represent America as the melting pot of culture through an image of interracial peace and harmony. This is depicted through the images of three girls, the color wheel, the world and the globe made of flags. The overall message that I am conveying is that America is connected to the world community and the world community is connected to America. </t>
   </si>
   <si>
     <t>A Day In The Life Of A Love That Could Last Forever (UAF.2018.31)</t>
   </si>
   <si>
     <t>Really (UAF.2018.32)</t>
   </si>
   <si>
     <t>Untitled (flora and fauna of Colorado) (UAF.2018.33)</t>
   </si>
   <si>
     <t xml:space="preserve">This mural in blues, yellows and oranges features Colorado wildlife in both realistic and abstract representations as well as geometric shapes.
 </t>
   </si>
   <si>
     <t>PROGRESS (UAF.2018.34)</t>
   </si>
   <si>
     <t>Untitled (black and white insect) (UAF.2018.35)</t>
   </si>
   <si>
     <t>Untitled (green god figure reading) (UAF.2018.36)</t>
   </si>
   <si>
@@ -6209,51 +6277,52 @@
   </si>
   <si>
     <t>Jonathan Pucci created the first summer 2019 UAF mural on Cherry Creek Trail between Market and Blake streets. His artwork features an image of African American cyclist, Marshall “Major” Taylor. Taylor is known for breaking the color barrier in 1896 by winning the half mile sprint and placing eighth in a six-day continuous race at age 18, and later setting seven world records and winning a World Championship in cycling. [vimeo src="https://player.vimeo.com/video/368823930"]</t>
   </si>
   <si>
     <t>Lean In (UAF.2019.3)</t>
   </si>
   <si>
     <t>Boing Splash
  (UAF.2019.4)</t>
   </si>
   <si>
     <t xml:space="preserve">BOING SPLASH entices concepts of play and life. Color captivates attention while perspective adjustments and a spirited character to instigates the imagination.
 BOING SPLASH was created in several evolving collaborative stages. Artists, Hollis+Lana made a drawing together, then developed parts of the drawing into a character in the virtual world. They placed the virtual character into a virtual environment, and took a photo of BOING SPLASH in this virtual environment and placed the photo over an image of the wall as it existed. Then using telephones, ladders and water-based spray paint, they painted the image from the virtual land into the 20’ by 70’ wall. 
 The artists were assisted by youth from several of the recreation center's groups.
 </t>
   </si>
   <si>
     <t>Above the Clouds
  (UAF.2019.5)</t>
   </si>
   <si>
     <t>Untitled (black and white abstract) (UAF.2019.6)</t>
   </si>
   <si>
-    <t>This black and white mural displaying a repeating pattern of fluidity and organic shapes is located on Cherry Creek Trail. After the original design was complete, the negative spaces in the artwork were filled in by community members during a “coloring book” event, certainly a highlight of the project. The event brought together all parts of the community, from young people, to families, to older folks. About the event, artist Markus Puskar said this: "It was a treat to see how much the community transformed the wall. It ended up beautiful."
+    <t>* No Longer on View *
+This black and white mural displaying a repeating pattern of fluidity and organic shapes is located on Cherry Creek Trail. After the original design was complete, the negative spaces in the artwork were filled in by community members during a “coloring book” event, certainly a highlight of the project. The event brought together all parts of the community, from young people, to families, to older folks. About the event, artist Markus Puskar said this: "It was a treat to see how much the community transformed the wall. It ended up beautiful."
 [vimeo src="https://player.vimeo.com/video/381049488"]</t>
   </si>
   <si>
     <t>Growing
  (UAF.2019.7)</t>
   </si>
   <si>
     <t>Rise (UAF.2019.8)</t>
   </si>
   <si>
     <t>Artist's Statement:
 “Rise” is an image of a young woman looking to the sky with the word "RISE" above her head. But the feeling of the portrait invokes something greater. We live in tumultuous times, navigating spaces that are sometimes unsure and hostile, enduring new ways of being divided and ostracized. Images like this are important in planting an idea that can resonate through our communities and evoke change. The mural is an image of power and positivity, an image of a woman, and an image of resilience. By creating something that is general in its representation, while still holding elements important to Indigenous representation, “Rise” is accessible to everyone.</t>
   </si>
   <si>
     <t>Last Colors (UAF.2019.9)</t>
   </si>
   <si>
     <t>Untitled (colorful sunset with mountains) (UAF.2019.10)</t>
   </si>
   <si>
     <t>From the artist: My concept for this mural is heavily inspired by the colorful landscape of Colorado and the volunteers at Mile High Youth Corps who help preserve its beauty. I wanted to bring vibrant colors to the east Colfax neighborhood.
  </t>
   </si>
   <si>
     <t>Untitled (Colorado icons and symbols) (UAF.2019.11)</t>
@@ -6550,51 +6619,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50763_ca_object_representations_media_5_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64085_ca_object_representations_media_2981_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32166_ca_object_representations_media_917_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17065_ca_object_representations_media_29_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53523_ca_object_representations_media_30_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69167_ca_object_representations_media_31_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70349_ca_object_representations_media_32_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38523_ca_object_representations_media_33_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92196_ca_object_representations_media_1298_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7961_ca_object_representations_media_35_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41373_ca_object_representations_media_924_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32375_ca_object_representations_media_37_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65975_ca_object_representations_media_926_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16124_ca_object_representations_media_2035_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67768_ca_object_representations_media_40_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90163_ca_object_representations_media_1365_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39425_ca_object_representations_media_2099_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90065_ca_object_representations_media_43_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19459_ca_object_representations_media_44_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25264_ca_object_representations_media_45_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26019_ca_object_representations_media_1274_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19965_ca_object_representations_media_47_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16403_ca_object_representations_media_48_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10467_ca_object_representations_media_49_large24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6310_ca_object_representations_media_51_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72760_ca_object_representations_media_2114_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86778_ca_object_representations_media_1111_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68286_ca_object_representations_media_53_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74995_ca_object_representations_media_55_large29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94275_ca_object_representations_media_2841_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39214_ca_object_representations_media_2148_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61336_ca_object_representations_media_2149_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85600_ca_object_representations_media_2923_large33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98467_ca_object_representations_media_3494_large34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77748_ca_object_representations_media_60_large35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45509_ca_object_representations_media_2150_large36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7239_ca_object_representations_media_62_large37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79298_ca_object_representations_media_66_large38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19856_ca_object_representations_media_70_large39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59578_ca_object_representations_media_2151_large40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66356_ca_object_representations_media_1288_large41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37047_ca_object_representations_media_3413_large42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11028_ca_object_representations_media_79_large43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98393_ca_object_representations_media_80_large44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71449_ca_object_representations_media_81_large45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5082_ca_object_representations_media_82_large46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53977_ca_object_representations_media_83_large47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34753_ca_object_representations_media_84_large48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79180_ca_object_representations_media_88_large49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34653_ca_object_representations_media_2152_large50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5488_ca_object_representations_media_93_large51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46080_ca_object_representations_media_97_large52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94727_ca_object_representations_media_935_large53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17163_ca_object_representations_media_936_large54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68469_ca_object_representations_media_2191_large55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65550_ca_object_representations_media_102_large56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94759_ca_object_representations_media_107_large57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12228_ca_object_representations_media_109_large58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40786_ca_object_representations_media_3462_large59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81175_ca_object_representations_media_2833_large60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62474_ca_object_representations_media_122_large61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66771_ca_object_representations_media_1002_large62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43479_ca_object_representations_media_994_large63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45715_ca_object_representations_media_1161_large64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37769_ca_object_representations_media_126_large65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96948_ca_object_representations_media_1003_large66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65933_ca_object_representations_media_2666_large67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53846_ca_object_representations_media_129_large68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12845_ca_object_representations_media_130_large69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2898_ca_object_representations_media_3204_large70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73891_ca_object_representations_media_139_large71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56585_ca_object_representations_media_141_large72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10604_ca_object_representations_media_143_large73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59209_ca_object_representations_media_144_large74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45079_ca_object_representations_media_1040_large75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64208_ca_object_representations_media_1122_large76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62420_ca_object_representations_media_145_large77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83224_ca_object_representations_media_146_large78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8609_ca_object_representations_media_937_large79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67032_ca_object_representations_media_1032_large80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80382_ca_object_representations_media_147_large81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28789_ca_object_representations_media_148_large82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55273_ca_object_representations_media_996_large83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78994_ca_object_representations_media_997_large84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40238_ca_object_representations_media_2232_large85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79290_ca_object_representations_media_150_large86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51893_ca_object_representations_media_2262_large87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7037_ca_object_representations_media_154_large88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93359_ca_object_representations_media_155_large89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34066_ca_object_representations_media_1010_large90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35962_ca_object_representations_media_157_large91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16030_ca_object_representations_media_939_large92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28174_ca_object_representations_media_941_large93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76439_ca_object_representations_media_161_large94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16137_ca_object_representations_media_942_large95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51383_ca_object_representations_media_163_large96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45913_ca_object_representations_media_2946_large97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8853_ca_object_representations_media_1004_large98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26424_ca_object_representations_media_985_large99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95313_ca_object_representations_media_944_large100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8351_ca_object_representations_media_173_large101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14420_ca_object_representations_media_3173_large102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42799_ca_object_representations_media_175_large103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97174_ca_object_representations_media_1208_large104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64514_ca_object_representations_media_177_large105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88779_ca_object_representations_media_2664_large106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60389_ca_object_representations_media_3402_large107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50103_ca_object_representations_media_191_large108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96593_ca_object_representations_media_3655_large109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88584_ca_object_representations_media_3491_large110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47794_ca_object_representations_media_195_large111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6840_ca_object_representations_media_197_large112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32106_ca_object_representations_media_2264_large113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1976_ca_object_representations_media_209_large114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34125_ca_object_representations_media_3064_large115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36324_ca_object_representations_media_1155_large116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64140_ca_object_representations_media_215_large117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39745_ca_object_representations_media_216_large118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44015_ca_object_representations_media_218_large119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78919_ca_object_representations_media_1457_large120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27101_ca_object_representations_media_220_large121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67505_ca_object_representations_media_2268_large122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51090_ca_object_representations_media_2832_large123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34281_ca_object_representations_media_223_large124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51969_ca_object_representations_media_1036_large125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29628_ca_object_representations_media_1029_large126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59465_ca_object_representations_media_2243_large127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3182_ca_object_representations_media_231_large128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94798_ca_object_representations_media_2270_large129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71773_ca_object_representations_media_1490_large130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50872_ca_object_representations_media_991_large131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86956_ca_object_representations_media_2274_large132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20362_ca_object_representations_media_1063_large133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44016_ca_object_representations_media_242_large134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54348_ca_object_representations_media_2181_large135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41523_ca_object_representations_media_3232_large136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64949_ca_object_representations_media_254_large137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33079_ca_object_representations_media_1062_large138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40507_ca_object_representations_media_1071_large139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96143_ca_object_representations_media_1025_large140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99918_ca_object_representations_media_1387_large141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43610_ca_object_representations_media_1084_large142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86892_ca_object_representations_media_1350_large143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22369_ca_object_representations_media_263_large144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14679_ca_object_representations_media_1009_large145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93030_ca_object_representations_media_3139_large146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81376_ca_object_representations_media_265_large147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80397_ca_object_representations_media_2846_large148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46878_ca_object_representations_media_1357_large149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46878_ca_object_representations_media_1357_large150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46878_ca_object_representations_media_1357_large151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46878_ca_object_representations_media_1357_large152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46878_ca_object_representations_media_1357_large153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46878_ca_object_representations_media_1357_large154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46878_ca_object_representations_media_1357_large155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43977_ca_object_representations_media_1008_large156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63933_ca_object_representations_media_1066_large157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25686_ca_object_representations_media_1191_large158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41363_ca_object_representations_media_1011_large159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33134_ca_object_representations_media_3256_large160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9780_ca_object_representations_media_3257_large161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99715_ca_object_representations_media_3258_large162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43177_ca_object_representations_media_3259_large163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20788_ca_object_representations_media_3260_large164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69381_ca_object_representations_media_3261_large165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64364_ca_object_representations_media_3262_large166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36514_ca_object_representations_media_3263_large167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96405_ca_object_representations_media_3264_large168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81539_ca_object_representations_media_3265_large169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10446_ca_object_representations_media_3266_large170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59321_ca_object_representations_media_3267_large171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6587_ca_object_representations_media_3268_large172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67872_ca_object_representations_media_3269_large173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40355_ca_object_representations_media_3270_large174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83411_ca_object_representations_media_3271_large175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27855_ca_object_representations_media_3272_large176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53536_ca_object_representations_media_3273_large177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71843_ca_object_representations_media_3274_large178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92016_ca_object_representations_media_3275_large179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47975_ca_object_representations_media_3276_large180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99420_ca_object_representations_media_3277_large181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12424_ca_object_representations_media_3278_large182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97755_ca_object_representations_media_3279_large183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73278_ca_object_representations_media_3280_large184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95394_ca_object_representations_media_3281_large185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17352_ca_object_representations_media_3282_large186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87529_ca_object_representations_media_3283_large187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23908_ca_object_representations_media_3284_large188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32220_ca_object_representations_media_3285_large189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56508_ca_object_representations_media_3286_large190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89653_ca_object_representations_media_3287_large191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7552_ca_object_representations_media_3288_large192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55373_ca_object_representations_media_3289_large193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38212_ca_object_representations_media_3290_large194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16219_ca_object_representations_media_3291_large195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51583_ca_object_representations_media_3292_large196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14427_ca_object_representations_media_3293_large197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36628_ca_object_representations_media_3294_large198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2415_ca_object_representations_media_3295_large199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29643_ca_object_representations_media_3296_large200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55187_ca_object_representations_media_3297_large201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26602_ca_object_representations_media_3298_large202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60841_ca_object_representations_media_3299_large203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91457_ca_object_representations_media_3300_large204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5388_ca_object_representations_media_3310_large205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55817_ca_object_representations_media_3311_large206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71771_ca_object_representations_media_3312_large207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85454_ca_object_representations_media_3313_large208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23821_ca_object_representations_media_3314_large209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62237_ca_object_representations_media_3315_large210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44554_ca_object_representations_media_3316_large211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48826_ca_object_representations_media_3317_large212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5575_ca_object_representations_media_1192_large213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7182_ca_object_representations_media_277_large214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89646_ca_object_representations_media_280_large215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75675_ca_object_representations_media_1054_large216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54233_ca_object_representations_media_2276_large217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32669_ca_object_representations_media_2277_large218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78207_ca_object_representations_media_287_large219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2906_ca_object_representations_media_2278_large220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17586_ca_object_representations_media_292_large221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84885_ca_object_representations_media_3581_large222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37702_ca_object_representations_media_297_large223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94212_ca_object_representations_media_302_large224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27134_ca_object_representations_media_1392_large225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11755_ca_object_representations_media_305_large226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41226_ca_object_representations_media_312_large227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93321_ca_object_representations_media_1479_large228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37460_ca_object_representations_media_316_large229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24362_ca_object_representations_media_321_large230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6310_ca_object_representations_media_1005_large231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50170_ca_object_representations_media_322_large232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77170_ca_object_representations_media_323_large233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20528_ca_object_representations_media_978_large234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25510_ca_object_representations_media_977_large235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37192_ca_object_representations_media_325_large236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80911_ca_object_representations_media_1360_large237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21740_ca_object_representations_media_327_large238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26596_ca_object_representations_media_331_large239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15592_ca_object_representations_media_336_large240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45248_ca_object_representations_media_348_large241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3626_ca_object_representations_media_1279_large242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77475_ca_object_representations_media_352_large243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19472_ca_object_representations_media_2285_large244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18057_ca_object_representations_media_360_large245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2688_ca_object_representations_media_3419_large246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99519_ca_object_representations_media_367_large247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89390_ca_object_representations_media_2644_large248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84728_ca_object_representations_media_1078_large249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77233_ca_object_representations_media_1081_large250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49138_ca_object_representations_media_1454_large251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17918_ca_object_representations_media_1455_large252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97207_ca_object_representations_media_1363_large253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25320_ca_object_representations_media_376_large254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26493_ca_object_representations_media_993_large255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97803_ca_object_representations_media_2796_large256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25659_ca_object_representations_media_379_large257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1220_ca_object_representations_media_1297_large258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74653_ca_object_representations_media_2797_large259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28993_ca_object_representations_media_2894_large260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86022_ca_object_representations_media_383_large261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66816_ca_object_representations_media_2606_large262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54117_ca_object_representations_media_1193_large263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16097_ca_object_representations_media_2226_large264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43421_ca_object_representations_media_1246_large265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9423_ca_object_representations_media_1194_large266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82389_ca_object_representations_media_3140_large267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61752_ca_object_representations_media_395_large268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38089_ca_object_representations_media_400_large269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10861_ca_object_representations_media_407_large270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21806_ca_object_representations_media_2289_large271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3136_ca_object_representations_media_3453_large272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83050_ca_object_representations_media_411_large273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12107_ca_object_representations_media_414_large274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62626_ca_object_representations_media_2291_large275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56089_ca_object_representations_media_423_large276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68051_ca_object_representations_media_427_large277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69395_ca_object_representations_media_428_large278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56515_ca_object_representations_media_429_large279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52646_ca_object_representations_media_432_large280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91594_ca_object_representations_media_433_large281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86785_ca_object_representations_media_436_large282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82225_ca_object_representations_media_437_large283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69159_ca_object_representations_media_440_large284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49105_ca_object_representations_media_2294_large285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72761_ca_object_representations_media_2295_large286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1956_ca_object_representations_media_444_large287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52413_ca_object_representations_media_446_large288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25104_ca_object_representations_media_1019_large289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61410_ca_object_representations_media_1462_large290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76377_ca_object_representations_media_448_large291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74805_ca_object_representations_media_1243_large292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29279_ca_object_representations_media_2382_large293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89061_ca_object_representations_media_2625_large294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19771_ca_object_representations_media_1361_large295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13867_ca_object_representations_media_454_large296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51410_ca_object_representations_media_455_large297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48534_ca_object_representations_media_1177_large298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75928_ca_object_representations_media_2216_large299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68341_ca_object_representations_media_2194_large300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57660_ca_object_representations_media_2197_large301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76335_ca_object_representations_media_2214_large302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289_ca_object_representations_media_2215_large303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27439_ca_object_representations_media_2213_large304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28731_ca_object_representations_media_465_large305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27706_ca_object_representations_media_467_large306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26609_ca_object_representations_media_1640_large307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59642_ca_object_representations_media_472_large308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85792_ca_object_representations_media_477_large309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15269_ca_object_representations_media_1195_large310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30623_ca_object_representations_media_487_large311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53343_ca_object_representations_media_1197_large312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4704_ca_object_representations_media_494_large313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92688_ca_object_representations_media_499_large314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5397_ca_object_representations_media_14_large315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6761_ca_object_representations_media_500_large316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52066_ca_object_representations_media_502_large317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35237_ca_object_representations_media_2217_large318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31036_ca_object_representations_media_2218_large319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96938_ca_object_representations_media_2201_large320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85902_ca_object_representations_media_2219_large321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12115_ca_object_representations_media_2205_large322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61959_ca_object_representations_media_2221_large323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90699_ca_object_representations_media_2230_large324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68945_ca_object_representations_media_2220_large325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45417_ca_object_representations_media_2229_large326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89085_ca_object_representations_media_2227_large327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96143_ca_object_representations_media_517_large328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51783_ca_object_representations_media_2298_large329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34129_ca_object_representations_media_527_large330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81426_ca_object_representations_media_530_large331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29275_ca_object_representations_media_533_large332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63428_ca_object_representations_media_992_large333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54570_ca_object_representations_media_988_large334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18786_ca_object_representations_media_4_large335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85793_ca_object_representations_media_542_large336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80021_ca_object_representations_media_543_large337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45284_ca_object_representations_media_544_large338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21035_ca_object_representations_media_545_large339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12607_ca_object_representations_media_547_large340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73158_ca_object_representations_media_553_large341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58171_ca_object_representations_media_560_large342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87816_ca_object_representations_media_561_large343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60343_ca_object_representations_media_565_large344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97505_ca_object_representations_media_567_large345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52235_ca_object_representations_media_570_large346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13702_ca_object_representations_media_573_large347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91447_ca_object_representations_media_575_large348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24116_ca_object_representations_media_579_large349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73755_ca_object_representations_media_583_large350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26484_ca_object_representations_media_590_large351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77644_ca_object_representations_media_594_large352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46927_ca_object_representations_media_598_large353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35879_ca_object_representations_media_602_large354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33889_ca_object_representations_media_610_large355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31295_ca_object_representations_media_613_large356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30387_ca_object_representations_media_981_large357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1274_ca_object_representations_media_620_large358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49843_ca_object_representations_media_626_large359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59477_ca_object_representations_media_632_large360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54847_ca_object_representations_media_633_large361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26200_ca_object_representations_media_1370_large362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87473_ca_object_representations_media_644_large363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70179_ca_object_representations_media_653_large364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12765_ca_object_representations_media_655_large365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58363_ca_object_representations_media_656_large366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28577_ca_object_representations_media_2983_large367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13502_ca_object_representations_media_2246_large368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62431_ca_object_representations_media_665_large369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84676_ca_object_representations_media_669_large370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31388_ca_object_representations_media_675_large371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11696_ca_object_representations_media_685_large372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13098_ca_object_representations_media_686_large373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37017_ca_object_representations_media_693_large374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98017_ca_object_representations_media_698_large375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40804_ca_object_representations_media_705_large376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25245_ca_object_representations_media_1480_large377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1828_ca_object_representations_media_709_large378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13558_ca_object_representations_media_713_large379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67445_ca_object_representations_media_1001_large380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33976_ca_object_representations_media_717_large381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9834_ca_object_representations_media_720_large382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92083_ca_object_representations_media_725_large383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78719_ca_object_representations_media_990_large384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25952_ca_object_representations_media_726_large385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31768_ca_object_representations_media_728_large386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78137_ca_object_representations_media_730_large387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29626_ca_object_representations_media_1024_large388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86244_ca_object_representations_media_734_large389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3273_ca_object_representations_media_742_large390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46721_ca_object_representations_media_747_large391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2399_ca_object_representations_media_756_large392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27811_ca_object_representations_media_757_large393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21784_ca_object_representations_media_3025_large394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40622_ca_object_representations_media_764_large395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41984_ca_object_representations_media_2238_large396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84067_ca_object_representations_media_765_large397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73546_ca_object_representations_media_3136_large398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44132_ca_object_representations_media_768_large399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22891_ca_object_representations_media_771_large400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53180_ca_object_representations_media_774_large401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12763_ca_object_representations_media_778_large402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42997_ca_object_representations_media_781_large403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69344_ca_object_representations_media_2043_large404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61863_ca_object_representations_media_785_large405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40795_ca_object_representations_media_786_large406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82622_ca_object_representations_media_1383_large407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769_ca_object_representations_media_788_large408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61539_ca_object_representations_media_792_large409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62323_ca_object_representations_media_3560_large410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31782_ca_object_representations_media_3565_large411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63693_ca_object_representations_media_808_large412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32323_ca_object_representations_media_1049_large413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40944_ca_object_representations_media_1074_large414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63537_ca_object_representations_media_2011_large415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48485_ca_object_representations_media_1051_large416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13668_ca_object_representations_media_1050_large417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20317_ca_object_representations_media_979_large418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77094_ca_object_representations_media_1048_large419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42406_ca_object_representations_media_1052_large420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9791_ca_object_representations_media_2823_large421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88025_ca_object_representations_media_812_large422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31512_ca_object_representations_media_816_large423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58535_ca_object_representations_media_822_large424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99370_ca_object_representations_media_1301_large425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9356_ca_object_representations_media_831_large426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2163_ca_object_representations_media_834_large427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57727_ca_object_representations_media_2006_large428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46747_ca_object_representations_media_846_large429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29671_ca_object_representations_media_1366_large430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14372_ca_object_representations_media_852_large431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64716_ca_object_representations_media_8_large432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17758_ca_object_representations_media_859_large433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40559_ca_object_representations_media_1970_large434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52713_ca_object_representations_media_860_large435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23873_ca_object_representations_media_867_large436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6118_ca_object_representations_media_868_large437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7855_ca_object_representations_media_869_large438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48736_ca_object_representations_media_1889_large439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24436_ca_object_representations_media_1875_large440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70765_ca_object_representations_media_1756_large441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55795_ca_object_representations_media_2682_large442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96432_ca_object_representations_media_967_large443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30334_ca_object_representations_media_1319_large444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5029_ca_object_representations_media_1090_large445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11752_ca_object_representations_media_1087_large446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25910_ca_object_representations_media_1093_large447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75078_ca_object_representations_media_1226_large448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79435_ca_object_representations_media_1097_large449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66551_ca_object_representations_media_1101_large450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78988_ca_object_representations_media_1356_large451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39418_ca_object_representations_media_1334_large452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67277_ca_object_representations_media_1221_large453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92815_ca_object_representations_media_890_large454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large462.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large463.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large464.jpg"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large465.jpg"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28644_ca_object_representations_media_885_large466.jpg"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78997_ca_object_representations_media_976_large467.jpg"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87423_ca_object_representations_media_910_large468.jpg"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44817_ca_object_representations_media_1012_large469.jpg"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5865_ca_object_representations_media_1346_large470.jpg"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95746_ca_object_representations_media_2251_large471.jpg"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3129_ca_object_representations_media_1313_large472.jpg"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37992_ca_object_representations_media_1311_large473.jpg"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54842_ca_object_representations_media_1352_large474.jpg"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7984_ca_object_representations_media_1376_large475.jpg"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22052_ca_object_representations_media_1493_large476.jpg"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56226_ca_object_representations_media_1499_large477.jpg"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34816_ca_object_representations_media_1406_large478.jpg"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30292_ca_object_representations_media_2789_large479.jpg"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71091_ca_object_representations_media_2697_large480.jpg"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82576_ca_object_representations_media_2700_large481.jpg"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17740_ca_object_representations_media_2710_large482.jpg"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19727_ca_object_representations_media_2712_large483.jpg"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29303_ca_object_representations_media_2389_large484.jpg"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34863_ca_object_representations_media_2733_large485.jpg"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89140_ca_object_representations_media_2669_large486.jpg"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62469_ca_object_representations_media_2677_large487.jpg"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80845_ca_object_representations_media_2718_large488.jpg"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36389_ca_object_representations_media_2728_large489.jpg"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4872_ca_object_representations_media_2721_large490.jpg"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99679_ca_object_representations_media_2814_large491.jpg"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95366_ca_object_representations_media_2694_large492.jpg"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22286_ca_object_representations_media_2729_large493.jpg"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77929_ca_object_representations_media_3241_large494.jpg"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23644_ca_object_representations_media_2740_large495.jpg"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67046_ca_object_representations_media_3079_large496.jpg"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21179_ca_object_representations_media_2763_large497.jpg"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15817_ca_object_representations_media_2785_large498.jpg"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91305_ca_object_representations_media_3108_large499.jpg"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38164_ca_object_representations_media_2867_large500.jpg"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46810_ca_object_representations_media_3012_large501.jpg"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25375_ca_object_representations_media_3587_large502.jpg"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79454_ca_object_representations_media_3229_large503.jpg"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94092_ca_object_representations_media_3480_large504.jpg"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69334_ca_object_representations_media_3481_large505.jpg"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59412_ca_object_representations_media_3482_large506.jpg"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48043_ca_object_representations_media_3483_large507.jpg"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3358_ca_object_representations_media_3576_large508.jpg"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39170_ca_object_representations_media_3496_large509.jpg"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82290_ca_object_representations_media_3234_large510.jpg"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88763_ca_object_representations_media_3575_large511.jpg"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97727_ca_object_representations_media_3319_large512.jpg"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4710_ca_object_representations_media_3323_large513.jpg"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94855_ca_object_representations_media_3327_large514.jpg"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30430_ca_object_representations_media_3331_large515.jpg"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89519_ca_object_representations_media_3324_large516.jpg"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99268_ca_object_representations_media_3604_large517.jpg"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97574_ca_object_representations_media_3518_large518.jpg"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66301_ca_object_representations_media_3548_large519.jpg"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65550_ca_object_representations_media_3505_large520.jpg"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74930_ca_object_representations_media_3503_large521.jpg"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21047_ca_object_representations_media_3502_large522.jpg"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83750_ca_object_representations_media_3532_large523.jpg"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36578_ca_object_representations_media_3542_large524.jpg"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50851_ca_object_representations_media_3531_large525.jpg"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86228_ca_object_representations_media_3528_large526.jpg"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83585_ca_object_representations_media_3534_large527.jpg"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44396_ca_object_representations_media_3556_large528.jpg"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25657_ca_object_representations_media_3572_large529.jpg"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33118_ca_object_representations_media_3530_large530.jpg"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64977_ca_object_representations_media_3535_large531.jpg"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32003_ca_object_representations_media_3579_large532.jpg"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78145_ca_object_representations_media_3586_large533.jpg"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42209_ca_object_representations_media_3643_large534.jpg"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57942_ca_object_representations_media_3640_large535.jpg"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90965_ca_object_representations_media_3659_large536.jpg"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18008_ca_object_representations_media_3611_large537.jpg"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82210_ca_object_representations_media_3613_large538.jpg"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20111_ca_object_representations_media_3619_large539.jpg"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12669_ca_object_representations_media_3598_large540.jpg"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1849_ca_object_representations_media_3622_large541.jpg"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88626_ca_object_representations_media_3631_large542.jpg"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42449_ca_object_representations_media_3637_large543.jpg"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88147_ca_object_representations_media_3634_large544.jpg"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88138_ca_object_representations_media_3647_large545.jpg"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23584_ca_object_representations_media_3698_large546.jpg"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79379_ca_object_representations_media_3678_large547.jpg"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45858_ca_object_representations_media_3681_large548.jpg"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4741_ca_object_representations_media_3718_large549.jpg"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7236_ca_object_representations_media_3664_large550.jpg"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24701_ca_object_representations_media_3667_large551.jpg"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84767_ca_object_representations_media_3709_large552.jpg"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70831_ca_object_representations_media_3726_large553.jpg"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49901_ca_object_representations_media_3439_large554.jpg"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94849_ca_object_representations_media_2810_large555.jpg"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41580_ca_object_representations_media_874_large556.jpg"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89073_ca_object_representations_media_3676_large557.jpg"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37046_ca_object_representations_media_1507_large558.jpg"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43890_ca_object_representations_media_1508_large559.jpg"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94111_ca_object_representations_media_1509_large560.jpg"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58863_ca_object_representations_media_1510_large561.jpg"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44979_ca_object_representations_media_1512_large562.jpg"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30970_ca_object_representations_media_1513_large563.jpg"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86574_ca_object_representations_media_1515_large564.jpg"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71589_ca_object_representations_media_1516_large565.jpg"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84749_ca_object_representations_media_1518_large566.jpg"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17219_ca_object_representations_media_1521_large567.jpg"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95464_ca_object_representations_media_1525_large568.jpg"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89986_ca_object_representations_media_1526_large569.jpg"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64572_ca_object_representations_media_1530_large570.jpg"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48594_ca_object_representations_media_1532_large571.jpg"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99147_ca_object_representations_media_1537_large572.jpg"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10352_ca_object_representations_media_1538_large573.jpg"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73435_ca_object_representations_media_1540_large574.jpg"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48613_ca_object_representations_media_1542_large575.jpg"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38530_ca_object_representations_media_1544_large576.jpg"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63764_ca_object_representations_media_1546_large577.jpg"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34440_ca_object_representations_media_1548_large578.jpg"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89294_ca_object_representations_media_1550_large579.jpg"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46892_ca_object_representations_media_1554_large580.jpg"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86127_ca_object_representations_media_1556_large581.jpg"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19453_ca_object_representations_media_1560_large582.jpg"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57490_ca_object_representations_media_1562_large583.jpg"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58376_ca_object_representations_media_1564_large584.jpg"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46128_ca_object_representations_media_1566_large585.jpg"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33468_ca_object_representations_media_1568_large586.jpg"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50027_ca_object_representations_media_1617_large587.jpg"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65363_ca_object_representations_media_1569_large588.jpg"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43649_ca_object_representations_media_1570_large589.jpg"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44076_ca_object_representations_media_1571_large590.jpg"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9009_ca_object_representations_media_1572_large591.jpg"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53585_ca_object_representations_media_1574_large592.jpg"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89435_ca_object_representations_media_1575_large593.jpg"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21625_ca_object_representations_media_1576_large594.jpg"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25973_ca_object_representations_media_1577_large595.jpg"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53930_ca_object_representations_media_1578_large596.jpg"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24845_ca_object_representations_media_1580_large597.jpg"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13045_ca_object_representations_media_1581_large598.jpg"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71567_ca_object_representations_media_1582_large599.jpg"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58883_ca_object_representations_media_1583_large600.jpg"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26184_ca_object_representations_media_1586_large601.jpg"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75189_ca_object_representations_media_1589_large602.jpg"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56676_ca_object_representations_media_1592_large603.jpg"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57486_ca_object_representations_media_1594_large604.jpg"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92738_ca_object_representations_media_1597_large605.jpg"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65502_ca_object_representations_media_1599_large606.jpg"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39255_ca_object_representations_media_1601_large607.jpg"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67248_ca_object_representations_media_1605_large608.jpg"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96425_ca_object_representations_media_1607_large609.jpg"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45992_ca_object_representations_media_1609_large610.jpg"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68953_ca_object_representations_media_1611_large611.jpg"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46976_ca_object_representations_media_1613_large612.jpg"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10501_ca_object_representations_media_1615_large613.jpg"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88679_ca_object_representations_media_1618_large614.jpg"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44353_ca_object_representations_media_1620_large615.jpg"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37908_ca_object_representations_media_1622_large616.jpg"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42802_ca_object_representations_media_1624_large617.jpg"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70286_ca_object_representations_media_1626_large618.jpg"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79645_ca_object_representations_media_1627_large619.jpg"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46057_ca_object_representations_media_1629_large620.jpg"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86423_ca_object_representations_media_1631_large621.jpg"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34306_ca_object_representations_media_1633_large622.jpg"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78594_ca_object_representations_media_1635_large623.jpg"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32866_ca_object_representations_media_1641_large624.jpg"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16738_ca_object_representations_media_1644_large625.jpg"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12776_ca_object_representations_media_1646_large626.jpg"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59734_ca_object_representations_media_1660_large627.jpg"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28752_ca_object_representations_media_1662_large628.jpg"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91367_ca_object_representations_media_1664_large629.jpg"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54519_ca_object_representations_media_1666_large630.jpg"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57219_ca_object_representations_media_1667_large631.jpg"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57075_ca_object_representations_media_1668_large632.jpg"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98486_ca_object_representations_media_1671_large633.jpg"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/814_ca_object_representations_media_1673_large634.jpg"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31364_ca_object_representations_media_1675_large635.jpg"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57475_ca_object_representations_media_1676_large636.jpg"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53522_ca_object_representations_media_1678_large637.jpg"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83365_ca_object_representations_media_1680_large638.jpg"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72081_ca_object_representations_media_1682_large639.jpg"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22555_ca_object_representations_media_1684_large640.jpg"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48819_ca_object_representations_media_1686_large641.jpg"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70778_ca_object_representations_media_1688_large642.jpg"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48402_ca_object_representations_media_1689_large643.jpg"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48088_ca_object_representations_media_1699_large644.jpg"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70608_ca_object_representations_media_1700_large645.jpg"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91888_ca_object_representations_media_1701_large646.jpg"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60964_ca_object_representations_media_1703_large647.jpg"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43813_ca_object_representations_media_1704_large648.jpg"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26989_ca_object_representations_media_1706_large649.jpg"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88447_ca_object_representations_media_1708_large650.jpg"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5271_ca_object_representations_media_1710_large651.jpg"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35013_ca_object_representations_media_1768_large652.jpg"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70693_ca_object_representations_media_1776_large653.jpg"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83937_ca_object_representations_media_1712_large654.jpg"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57132_ca_object_representations_media_1775_large655.jpg"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7449_ca_object_representations_media_1779_large656.jpg"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51031_ca_object_representations_media_1714_large657.jpg"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63493_ca_object_representations_media_1774_large658.jpg"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62369_ca_object_representations_media_1773_large659.jpg"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89217_ca_object_representations_media_1772_large660.jpg"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33998_ca_object_representations_media_1781_large661.jpg"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2978_ca_object_representations_media_1715_large662.jpg"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15544_ca_object_representations_media_1770_large663.jpg"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30716_ca_object_representations_media_1716_large664.jpg"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71727_ca_object_representations_media_1720_large665.jpg"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69093_ca_object_representations_media_1724_large666.jpg"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47703_ca_object_representations_media_1777_large667.jpg"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41981_ca_object_representations_media_1718_large668.jpg"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86212_ca_object_representations_media_1769_large669.jpg"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79937_ca_object_representations_media_1723_large670.jpg"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49133_ca_object_representations_media_1722_large671.jpg"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77944_ca_object_representations_media_1721_large672.jpg"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7380_ca_object_representations_media_1717_large673.jpg"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40780_ca_object_representations_media_1719_large674.jpg"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82757_ca_object_representations_media_1771_large675.jpg"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55787_ca_object_representations_media_1778_large676.jpg"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13575_ca_object_representations_media_1766_large677.jpg"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96396_ca_object_representations_media_1765_large678.jpg"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71968_ca_object_representations_media_1713_large679.jpg"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24347_ca_object_representations_media_1113_large680.jpg"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39711_ca_object_representations_media_1415_large681.jpg"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83649_ca_object_representations_media_1843_large682.jpg"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67803_ca_object_representations_media_1854_large683.jpg"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65085_ca_object_representations_media_1126_large684.jpg"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15205_ca_object_representations_media_1127_large685.jpg"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99343_ca_object_representations_media_1451_large686.jpg"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58760_ca_object_representations_media_1447_large687.jpg"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32912_ca_object_representations_media_1844_large688.jpg"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98250_ca_object_representations_media_1420_large689.jpg"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/764_ca_object_representations_media_1419_large690.jpg"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45880_ca_object_representations_media_1913_large691.jpg"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18034_ca_object_representations_media_1422_large692.jpg"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22120_ca_object_representations_media_1423_large693.jpg"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43264_ca_object_representations_media_1139_large694.jpg"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78826_ca_object_representations_media_1396_large695.jpg"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47213_ca_object_representations_media_1142_large696.jpg"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97968_ca_object_representations_media_1143_large697.jpg"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45386_ca_object_representations_media_1958_large698.jpg"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43617_ca_object_representations_media_1928_large699.jpg"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7072_ca_object_representations_media_1427_large700.jpg"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25975_ca_object_representations_media_1931_large701.jpg"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86797_ca_object_representations_media_1372_large702.jpg"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80388_ca_object_representations_media_1944_large703.jpg"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14542_ca_object_representations_media_1434_large704.jpg"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81433_ca_object_representations_media_1505_large705.jpg"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85046_ca_object_representations_media_1160_large706.jpg"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88714_ca_object_representations_media_1449_large707.jpg"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51660_ca_object_representations_media_1450_large708.jpg"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57870_ca_object_representations_media_1165_large709.jpg"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57826_ca_object_representations_media_1166_large710.jpg"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26837_ca_object_representations_media_1167_large711.jpg"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87373_ca_object_representations_media_1168_large712.jpg"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72587_ca_object_representations_media_1400_large713.jpg"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54031_ca_object_representations_media_1440_large714.jpg"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57544_ca_object_representations_media_1437_large715.jpg"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62155_ca_object_representations_media_1438_large716.jpg"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36830_ca_object_representations_media_1172_large717.jpg"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80133_ca_object_representations_media_1173_large718.jpg"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96533_ca_object_representations_media_1174_large719.jpg"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36157_ca_object_representations_media_1175_large720.jpg"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25932_ca_object_representations_media_1176_large721.jpg"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17120_ca_object_representations_media_2233_large722.jpg"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83703_ca_object_representations_media_3443_large723.jpg"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22185_ca_object_representations_media_1182_large724.jpg"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2566_ca_object_representations_media_1445_large725.jpg"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42680_ca_object_representations_media_2851_large726.jpg"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21880_ca_object_representations_media_2631_large727.jpg"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59610_ca_object_representations_media_2231_large728.jpg"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72152_ca_object_representations_media_3164_large729.jpg"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6395_ca_object_representations_media_1188_large730.jpg"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91838_ca_object_representations_media_1217_large731.jpg"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3410_ca_object_representations_media_2036_large732.jpg"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77264_ca_object_representations_media_1200_large733.jpg"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6980_ca_object_representations_media_2037_large734.jpg"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38972_ca_object_representations_media_1202_large735.jpg"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15675_ca_object_representations_media_1203_large736.jpg"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10257_ca_object_representations_media_1204_large737.jpg"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53989_ca_object_representations_media_1205_large738.jpg"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75990_ca_object_representations_media_1206_large739.jpg"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8267_ca_object_representations_media_1207_large740.jpg"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59737_ca_object_representations_media_2046_large741.jpg"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4911_ca_object_representations_media_1213_large742.jpg"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64890_ca_object_representations_media_1214_large743.jpg"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55533_ca_object_representations_media_1215_large744.jpg"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10459_ca_object_representations_media_2047_large745.jpg"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17533_ca_object_representations_media_2048_large746.jpg"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81916_ca_object_representations_media_2049_large747.jpg"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30236_ca_object_representations_media_2050_large748.jpg"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51217_ca_object_representations_media_1961_large749.jpg"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3434_ca_object_representations_media_2052_large750.jpg"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95484_ca_object_representations_media_3597_large751.jpg"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74539_ca_object_representations_media_1231_large752.jpg"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69494_ca_object_representations_media_1228_large753.jpg"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58514_ca_object_representations_media_1230_large754.jpg"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70013_ca_object_representations_media_1410_large755.jpg"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66633_ca_object_representations_media_2061_large756.jpg"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28811_ca_object_representations_media_2062_large757.jpg"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93297_ca_object_representations_media_2064_large758.jpg"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86510_ca_object_representations_media_2066_large759.jpg"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39429_ca_object_representations_media_2067_large760.jpg"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88861_ca_object_representations_media_2068_large761.jpg"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2520_ca_object_representations_media_2069_large762.jpg"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54788_ca_object_representations_media_1345_large763.jpg"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82213_ca_object_representations_media_2915_large764.jpg"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82070_ca_object_representations_media_2072_large765.jpg"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79713_ca_object_representations_media_2073_large766.jpg"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36567_ca_object_representations_media_2074_large767.jpg"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73485_ca_object_representations_media_2075_large768.jpg"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43233_ca_object_representations_media_2076_large769.jpg"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13634_ca_object_representations_media_25_large770.jpg"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53983_ca_object_representations_media_1268_large771.jpg"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24827_ca_object_representations_media_1229_large772.jpg"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14187_ca_object_representations_media_1344_large773.jpg"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87817_ca_object_representations_media_1234_large774.jpg"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39851_ca_object_representations_media_1236_large775.jpg"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58552_ca_object_representations_media_1341_large776.jpg"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20938_ca_object_representations_media_1251_large777.jpg"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92545_ca_object_representations_media_1252_large778.jpg"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29247_ca_object_representations_media_1269_large779.jpg"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81245_ca_object_representations_media_1248_large780.jpg"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/992_ca_object_representations_media_3346_large781.jpg"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15766_ca_object_representations_media_1339_large782.jpg"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58000_ca_object_representations_media_1266_large783.jpg"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71110_ca_object_representations_media_3165_large784.jpg"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62421_ca_object_representations_media_1271_large785.jpg"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2250_ca_object_representations_media_1273_large786.jpg"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35135_ca_object_representations_media_2639_large787.jpg"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48550_ca_object_representations_media_2640_large788.jpg"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29993_ca_object_representations_media_2643_large789.jpg"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46034_ca_object_representations_media_2645_large790.jpg"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88088_ca_object_representations_media_2648_large791.jpg"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41388_ca_object_representations_media_1239_large792.jpg"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28310_ca_object_representations_media_1343_large793.jpg"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26473_ca_object_representations_media_1340_large794.jpg"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33506_ca_object_representations_media_1337_large795.jpg"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87106_ca_object_representations_media_1804_large796.jpg"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1801_ca_object_representations_media_2385_large797.jpg"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95231_ca_object_representations_media_1272_large798.jpg"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87876_ca_object_representations_media_2386_large799.jpg"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11795_ca_object_representations_media_2402_large800.jpg"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59511_ca_object_representations_media_1486_large801.jpg"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45128_ca_object_representations_media_1238_large802.jpg"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35229_ca_object_representations_media_1810_large803.jpg"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16256_ca_object_representations_media_2397_large804.jpg"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15058_ca_object_representations_media_2405_large805.jpg"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16368_ca_object_representations_media_2406_large806.jpg"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70939_ca_object_representations_media_2407_large807.jpg"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53811_ca_object_representations_media_2408_large808.jpg"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16322_ca_object_representations_media_2409_large809.jpg"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9936_ca_object_representations_media_2410_large810.jpg"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30333_ca_object_representations_media_2411_large811.jpg"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18689_ca_object_representations_media_2412_large812.jpg"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95533_ca_object_representations_media_2414_large813.jpg"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80794_ca_object_representations_media_2415_large814.jpg"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86271_ca_object_representations_media_2422_large815.jpg"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91434_ca_object_representations_media_2423_large816.jpg"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62356_ca_object_representations_media_2424_large817.jpg"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15005_ca_object_representations_media_2429_large818.jpg"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73903_ca_object_representations_media_2431_large819.jpg"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78515_ca_object_representations_media_2433_large820.jpg"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97394_ca_object_representations_media_2436_large821.jpg"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3051_ca_object_representations_media_2437_large822.jpg"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63229_ca_object_representations_media_2438_large823.jpg"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61514_ca_object_representations_media_2453_large824.jpg"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99680_ca_object_representations_media_2455_large825.jpg"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3504_ca_object_representations_media_2457_large826.jpg"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130_ca_object_representations_media_2458_large827.jpg"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71123_ca_object_representations_media_2462_large828.jpg"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20219_ca_object_representations_media_2463_large829.jpg"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86246_ca_object_representations_media_2465_large830.jpg"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4305_ca_object_representations_media_2466_large831.jpg"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20975_ca_object_representations_media_2467_large832.jpg"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58571_ca_object_representations_media_2468_large833.jpg"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84619_ca_object_representations_media_2469_large834.jpg"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26286_ca_object_representations_media_2471_large835.jpg"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46567_ca_object_representations_media_2473_large836.jpg"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66947_ca_object_representations_media_2474_large837.jpg"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50242_ca_object_representations_media_2475_large838.jpg"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42203_ca_object_representations_media_2476_large839.jpg"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82528_ca_object_representations_media_2478_large840.jpg"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66472_ca_object_representations_media_2481_large841.jpg"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77106_ca_object_representations_media_2482_large842.jpg"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96291_ca_object_representations_media_2483_large843.jpg"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28451_ca_object_representations_media_2486_large844.jpg"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80620_ca_object_representations_media_2487_large845.jpg"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8319_ca_object_representations_media_2512_large846.jpg"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74242_ca_object_representations_media_2489_large847.jpg"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83575_ca_object_representations_media_2514_large848.jpg"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92820_ca_object_representations_media_2516_large849.jpg"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96371_ca_object_representations_media_2517_large850.jpg"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79649_ca_object_representations_media_2518_large851.jpg"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44047_ca_object_representations_media_2519_large852.jpg"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36762_ca_object_representations_media_2520_large853.jpg"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78427_ca_object_representations_media_2521_large854.jpg"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60393_ca_object_representations_media_2609_large855.jpg"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64667_ca_object_representations_media_2535_large856.jpg"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40444_ca_object_representations_media_2612_large857.jpg"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35226_ca_object_representations_media_2613_large858.jpg"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93605_ca_object_representations_media_2536_large859.jpg"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44117_ca_object_representations_media_2537_large860.jpg"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92740_ca_object_representations_media_2538_large861.jpg"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90027_ca_object_representations_media_2541_large862.jpg"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53288_ca_object_representations_media_2542_large863.jpg"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9944_ca_object_representations_media_2543_large864.jpg"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66543_ca_object_representations_media_2544_large865.jpg"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32473_ca_object_representations_media_2546_large866.jpg"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82387_ca_object_representations_media_2547_large867.jpg"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22441_ca_object_representations_media_2549_large868.jpg"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34863_ca_object_representations_media_2550_large869.jpg"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46074_ca_object_representations_media_2551_large870.jpg"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86355_ca_object_representations_media_2552_large871.jpg"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41664_ca_object_representations_media_2555_large872.jpg"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29450_ca_object_representations_media_2556_large873.jpg"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92228_ca_object_representations_media_2557_large874.jpg"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43242_ca_object_representations_media_2558_large875.jpg"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90230_ca_object_representations_media_2560_large876.jpg"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91279_ca_object_representations_media_2566_large877.jpg"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8059_ca_object_representations_media_2655_large878.jpg"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14056_ca_object_representations_media_2569_large879.jpg"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37085_ca_object_representations_media_2572_large880.jpg"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83315_ca_object_representations_media_2573_large881.jpg"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98198_ca_object_representations_media_2574_large882.jpg"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39049_ca_object_representations_media_2576_large883.jpg"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38815_ca_object_representations_media_2577_large884.jpg"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40328_ca_object_representations_media_2579_large885.jpg"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56511_ca_object_representations_media_2580_large886.jpg"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58038_ca_object_representations_media_2581_large887.jpg"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80489_ca_object_representations_media_3387_large888.jpg"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23516_ca_object_representations_media_2636_large889.jpg"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3549_ca_object_representations_media_1726_large890.jpg"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84876_ca_object_representations_media_1727_large891.jpg"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55571_ca_object_representations_media_1728_large892.jpg"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94546_ca_object_representations_media_1741_large893.jpg"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6009_ca_object_representations_media_1742_large894.jpg"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4842_ca_object_representations_media_1753_large895.jpg"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25746_ca_object_representations_media_1754_large896.jpg"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9133_ca_object_representations_media_1748_large897.jpg"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10673_ca_object_representations_media_1749_large898.jpg"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8674_ca_object_representations_media_1750_large899.jpg"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71652_ca_object_representations_media_1751_large900.jpg"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73265_ca_object_representations_media_1752_large901.jpg"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66809_ca_object_representations_media_1803_large902.jpg"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91266_ca_object_representations_media_1805_large903.jpg"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3497_ca_object_representations_media_1806_large904.jpg"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44772_ca_object_representations_media_1807_large905.jpg"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14358_ca_object_representations_media_1808_large906.jpg"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58001_ca_object_representations_media_1809_large907.jpg"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61662_ca_object_representations_media_1852_large908.jpg"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74556_ca_object_representations_media_2059_large909.jpg"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18464_ca_object_representations_media_2079_large910.jpg"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5028_ca_object_representations_media_2082_large911.jpg"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82332_ca_object_representations_media_2084_large912.jpg"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24186_ca_object_representations_media_2086_large913.jpg"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5307_ca_object_representations_media_2090_large914.jpg"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70426_ca_object_representations_media_2094_large915.jpg"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49878_ca_object_representations_media_2117_large916.jpg"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19872_ca_object_representations_media_2132_large917.jpg"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84027_ca_object_representations_media_2921_large918.jpg"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36238_ca_object_representations_media_2122_large919.jpg"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86464_ca_object_representations_media_2124_large920.jpg"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13015_ca_object_representations_media_3368_large921.jpg"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36185_ca_object_representations_media_2135_large922.jpg"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65805_ca_object_representations_media_2136_large923.jpg"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5130_ca_object_representations_media_2137_large924.jpg"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18026_ca_object_representations_media_2138_large925.jpg"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75709_ca_object_representations_media_2139_large926.jpg"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29219_ca_object_representations_media_2141_large927.jpg"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20402_ca_object_representations_media_2142_large928.jpg"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77942_ca_object_representations_media_2146_large929.jpg"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81006_ca_object_representations_media_2147_large930.jpg"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5240_ca_object_representations_media_2176_large931.jpg"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92534_ca_object_representations_media_2178_large932.jpg"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81977_ca_object_representations_media_2179_large933.jpg"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85950_ca_object_representations_media_2175_large934.jpg"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10921_ca_object_representations_media_3394_large935.jpg"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72821_ca_object_representations_media_1744_large936.jpg"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19808_ca_object_representations_media_1783_large937.jpg"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27983_ca_object_representations_media_1784_large938.jpg"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20842_ca_object_representations_media_1789_large939.jpg"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70582_ca_object_representations_media_1786_large940.jpg"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61980_ca_object_representations_media_2898_large941.jpg"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64627_ca_object_representations_media_1788_large942.jpg"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65512_ca_object_representations_media_1791_large943.jpg"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92338_ca_object_representations_media_1799_large944.jpg"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54729_ca_object_representations_media_2020_large945.jpg"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96923_ca_object_representations_media_2025_large946.jpg"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31356_ca_object_representations_media_2257_large947.jpg"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16433_ca_object_representations_media_2235_large948.jpg"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14784_ca_object_representations_media_2582_large949.jpg"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22093_ca_object_representations_media_2028_large950.jpg"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57936_ca_object_representations_media_2029_large951.jpg"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94404_ca_object_representations_media_2039_large952.jpg"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/406_ca_object_representations_media_2450_large953.jpg"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12734_ca_object_representations_media_2527_large954.jpg"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32359_ca_object_representations_media_2586_large955.jpg"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29125_ca_object_representations_media_2241_large956.jpg"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15548_ca_object_representations_media_2443_large957.jpg"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96630_ca_object_representations_media_2242_large958.jpg"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29730_ca_object_representations_media_3378_large959.jpg"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34791_ca_object_representations_media_2588_large960.jpg"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77683_ca_object_representations_media_2417_large961.jpg"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14401_ca_object_representations_media_2589_large962.jpg"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67719_ca_object_representations_media_2590_large963.jpg"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71349_ca_object_representations_media_2591_large964.jpg"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11637_ca_object_representations_media_2592_large965.jpg"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97260_ca_object_representations_media_2595_large966.jpg"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80714_ca_object_representations_media_2597_large967.jpg"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47905_ca_object_representations_media_3210_large968.jpg"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59202_ca_object_representations_media_3213_large969.jpg"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30038_ca_object_representations_media_2953_large970.jpg"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14123_ca_object_representations_media_3094_large971.jpg"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80260_ca_object_representations_media_3217_large972.jpg"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19860_ca_object_representations_media_3174_large973.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50763_ca_object_representations_media_5_large1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64085_ca_object_representations_media_2981_large2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32166_ca_object_representations_media_917_large3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17065_ca_object_representations_media_29_large4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53523_ca_object_representations_media_30_large5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69167_ca_object_representations_media_31_large6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70349_ca_object_representations_media_32_large7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38523_ca_object_representations_media_33_large8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92196_ca_object_representations_media_1298_large9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7961_ca_object_representations_media_35_large10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41373_ca_object_representations_media_924_large11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32375_ca_object_representations_media_37_large12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65975_ca_object_representations_media_926_large13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16124_ca_object_representations_media_2035_large14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67768_ca_object_representations_media_40_large15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90163_ca_object_representations_media_1365_large16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39425_ca_object_representations_media_2099_large17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90065_ca_object_representations_media_43_large18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19459_ca_object_representations_media_44_large19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25264_ca_object_representations_media_45_large20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26019_ca_object_representations_media_1274_large21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19965_ca_object_representations_media_47_large22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16403_ca_object_representations_media_48_large23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10467_ca_object_representations_media_49_large24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6310_ca_object_representations_media_51_large25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72760_ca_object_representations_media_2114_large26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86778_ca_object_representations_media_1111_large27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68286_ca_object_representations_media_53_large28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74995_ca_object_representations_media_55_large29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94275_ca_object_representations_media_2841_large30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39214_ca_object_representations_media_2148_large31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61336_ca_object_representations_media_2149_large32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85600_ca_object_representations_media_2923_large33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98467_ca_object_representations_media_3494_large34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77748_ca_object_representations_media_60_large35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45509_ca_object_representations_media_2150_large36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7239_ca_object_representations_media_62_large37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79298_ca_object_representations_media_66_large38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19856_ca_object_representations_media_70_large39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59578_ca_object_representations_media_2151_large40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66356_ca_object_representations_media_1288_large41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37047_ca_object_representations_media_3413_large42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11028_ca_object_representations_media_79_large43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98393_ca_object_representations_media_80_large44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71449_ca_object_representations_media_81_large45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5082_ca_object_representations_media_82_large46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53977_ca_object_representations_media_83_large47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34753_ca_object_representations_media_84_large48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79180_ca_object_representations_media_88_large49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34653_ca_object_representations_media_2152_large50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5488_ca_object_representations_media_93_large51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46080_ca_object_representations_media_97_large52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94727_ca_object_representations_media_935_large53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17163_ca_object_representations_media_936_large54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68469_ca_object_representations_media_2191_large55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65550_ca_object_representations_media_102_large56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94759_ca_object_representations_media_107_large57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12228_ca_object_representations_media_109_large58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40786_ca_object_representations_media_3462_large59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81175_ca_object_representations_media_2833_large60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62474_ca_object_representations_media_122_large61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66771_ca_object_representations_media_1002_large62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43479_ca_object_representations_media_994_large63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45715_ca_object_representations_media_1161_large64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37769_ca_object_representations_media_126_large65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96948_ca_object_representations_media_1003_large66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65933_ca_object_representations_media_2666_large67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53846_ca_object_representations_media_129_large68.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12845_ca_object_representations_media_130_large69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2898_ca_object_representations_media_3204_large70.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73891_ca_object_representations_media_139_large71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56585_ca_object_representations_media_141_large72.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10604_ca_object_representations_media_143_large73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59209_ca_object_representations_media_144_large74.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45079_ca_object_representations_media_1040_large75.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64208_ca_object_representations_media_1122_large76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62420_ca_object_representations_media_145_large77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83224_ca_object_representations_media_146_large78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8609_ca_object_representations_media_937_large79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67032_ca_object_representations_media_1032_large80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80382_ca_object_representations_media_147_large81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28789_ca_object_representations_media_148_large82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55273_ca_object_representations_media_996_large83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78994_ca_object_representations_media_997_large84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40238_ca_object_representations_media_2232_large85.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79290_ca_object_representations_media_150_large86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51893_ca_object_representations_media_2262_large87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7037_ca_object_representations_media_154_large88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93359_ca_object_representations_media_155_large89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34066_ca_object_representations_media_1010_large90.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35962_ca_object_representations_media_157_large91.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16030_ca_object_representations_media_939_large92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28174_ca_object_representations_media_941_large93.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76439_ca_object_representations_media_161_large94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16137_ca_object_representations_media_942_large95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51383_ca_object_representations_media_163_large96.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45913_ca_object_representations_media_2946_large97.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8853_ca_object_representations_media_1004_large98.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26424_ca_object_representations_media_985_large99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95313_ca_object_representations_media_944_large100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8351_ca_object_representations_media_173_large101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14420_ca_object_representations_media_3173_large102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42799_ca_object_representations_media_175_large103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97174_ca_object_representations_media_1208_large104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64514_ca_object_representations_media_177_large105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88779_ca_object_representations_media_2664_large106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60389_ca_object_representations_media_3402_large107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50103_ca_object_representations_media_191_large108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96593_ca_object_representations_media_3655_large109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88584_ca_object_representations_media_3491_large110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47794_ca_object_representations_media_195_large111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6840_ca_object_representations_media_197_large112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32106_ca_object_representations_media_2264_large113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1976_ca_object_representations_media_209_large114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34125_ca_object_representations_media_3064_large115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36324_ca_object_representations_media_1155_large116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64140_ca_object_representations_media_215_large117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39745_ca_object_representations_media_216_large118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44015_ca_object_representations_media_218_large119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78919_ca_object_representations_media_1457_large120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27101_ca_object_representations_media_220_large121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67505_ca_object_representations_media_2268_large122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51090_ca_object_representations_media_2832_large123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34281_ca_object_representations_media_223_large124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51969_ca_object_representations_media_1036_large125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29628_ca_object_representations_media_1029_large126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59465_ca_object_representations_media_2243_large127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3182_ca_object_representations_media_231_large128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94798_ca_object_representations_media_2270_large129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71773_ca_object_representations_media_1490_large130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50872_ca_object_representations_media_991_large131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86956_ca_object_representations_media_2274_large132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20362_ca_object_representations_media_1063_large133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44016_ca_object_representations_media_242_large134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54348_ca_object_representations_media_2181_large135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41523_ca_object_representations_media_3232_large136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64949_ca_object_representations_media_254_large137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33079_ca_object_representations_media_1062_large138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40507_ca_object_representations_media_1071_large139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96143_ca_object_representations_media_1025_large140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99918_ca_object_representations_media_1387_large141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43610_ca_object_representations_media_1084_large142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86892_ca_object_representations_media_1350_large143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22369_ca_object_representations_media_263_large144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14679_ca_object_representations_media_1009_large145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93030_ca_object_representations_media_3139_large146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81376_ca_object_representations_media_265_large147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80397_ca_object_representations_media_2846_large148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46878_ca_object_representations_media_1357_large149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46878_ca_object_representations_media_1357_large150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46878_ca_object_representations_media_1357_large151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46878_ca_object_representations_media_1357_large152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46878_ca_object_representations_media_1357_large153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46878_ca_object_representations_media_1357_large154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46878_ca_object_representations_media_1357_large155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43977_ca_object_representations_media_1008_large156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63933_ca_object_representations_media_1066_large157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25686_ca_object_representations_media_1191_large158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41363_ca_object_representations_media_1011_large159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33134_ca_object_representations_media_3256_large160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9780_ca_object_representations_media_3257_large161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99715_ca_object_representations_media_3258_large162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43177_ca_object_representations_media_3259_large163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20788_ca_object_representations_media_3260_large164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69381_ca_object_representations_media_3261_large165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64364_ca_object_representations_media_3262_large166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36514_ca_object_representations_media_3263_large167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96405_ca_object_representations_media_3264_large168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81539_ca_object_representations_media_3265_large169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10446_ca_object_representations_media_3266_large170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59321_ca_object_representations_media_3267_large171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6587_ca_object_representations_media_3268_large172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67872_ca_object_representations_media_3269_large173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40355_ca_object_representations_media_3270_large174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83411_ca_object_representations_media_3271_large175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27855_ca_object_representations_media_3272_large176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53536_ca_object_representations_media_3273_large177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71843_ca_object_representations_media_3274_large178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92016_ca_object_representations_media_3275_large179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47975_ca_object_representations_media_3276_large180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99420_ca_object_representations_media_3277_large181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12424_ca_object_representations_media_3278_large182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97755_ca_object_representations_media_3279_large183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73278_ca_object_representations_media_3280_large184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95394_ca_object_representations_media_3281_large185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17352_ca_object_representations_media_3282_large186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87529_ca_object_representations_media_3283_large187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23908_ca_object_representations_media_3284_large188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32220_ca_object_representations_media_3285_large189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56508_ca_object_representations_media_3286_large190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89653_ca_object_representations_media_3287_large191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7552_ca_object_representations_media_3288_large192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55373_ca_object_representations_media_3289_large193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38212_ca_object_representations_media_3290_large194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16219_ca_object_representations_media_3291_large195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51583_ca_object_representations_media_3292_large196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14427_ca_object_representations_media_3293_large197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36628_ca_object_representations_media_3294_large198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2415_ca_object_representations_media_3295_large199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29643_ca_object_representations_media_3296_large200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55187_ca_object_representations_media_3297_large201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26602_ca_object_representations_media_3298_large202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60841_ca_object_representations_media_3299_large203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91457_ca_object_representations_media_3300_large204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5388_ca_object_representations_media_3310_large205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55817_ca_object_representations_media_3311_large206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71771_ca_object_representations_media_3312_large207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85454_ca_object_representations_media_3313_large208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23821_ca_object_representations_media_3314_large209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62237_ca_object_representations_media_3315_large210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44554_ca_object_representations_media_3316_large211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48826_ca_object_representations_media_3317_large212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5575_ca_object_representations_media_1192_large213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7182_ca_object_representations_media_277_large214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89646_ca_object_representations_media_280_large215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75675_ca_object_representations_media_1054_large216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54233_ca_object_representations_media_2276_large217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32669_ca_object_representations_media_2277_large218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78207_ca_object_representations_media_287_large219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2906_ca_object_representations_media_2278_large220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17586_ca_object_representations_media_292_large221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84885_ca_object_representations_media_3581_large222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37702_ca_object_representations_media_297_large223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94212_ca_object_representations_media_302_large224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27134_ca_object_representations_media_1392_large225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11755_ca_object_representations_media_305_large226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41226_ca_object_representations_media_312_large227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93321_ca_object_representations_media_1479_large228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37460_ca_object_representations_media_316_large229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24362_ca_object_representations_media_321_large230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6310_ca_object_representations_media_1005_large231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50170_ca_object_representations_media_322_large232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77170_ca_object_representations_media_323_large233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20528_ca_object_representations_media_978_large234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25510_ca_object_representations_media_977_large235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37192_ca_object_representations_media_325_large236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80911_ca_object_representations_media_1360_large237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21740_ca_object_representations_media_327_large238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26596_ca_object_representations_media_331_large239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15592_ca_object_representations_media_336_large240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45248_ca_object_representations_media_348_large241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3626_ca_object_representations_media_1279_large242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77475_ca_object_representations_media_352_large243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19472_ca_object_representations_media_2285_large244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18057_ca_object_representations_media_360_large245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2688_ca_object_representations_media_3419_large246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99519_ca_object_representations_media_367_large247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89390_ca_object_representations_media_2644_large248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84728_ca_object_representations_media_1078_large249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77233_ca_object_representations_media_1081_large250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49138_ca_object_representations_media_1454_large251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17918_ca_object_representations_media_1455_large252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97207_ca_object_representations_media_1363_large253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25320_ca_object_representations_media_376_large254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26493_ca_object_representations_media_993_large255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97803_ca_object_representations_media_2796_large256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25659_ca_object_representations_media_379_large257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1220_ca_object_representations_media_1297_large258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74653_ca_object_representations_media_2797_large259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28993_ca_object_representations_media_2894_large260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86022_ca_object_representations_media_383_large261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66816_ca_object_representations_media_2606_large262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54117_ca_object_representations_media_1193_large263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16097_ca_object_representations_media_2226_large264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43421_ca_object_representations_media_1246_large265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9423_ca_object_representations_media_1194_large266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82389_ca_object_representations_media_3140_large267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61752_ca_object_representations_media_395_large268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38089_ca_object_representations_media_400_large269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10861_ca_object_representations_media_407_large270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21806_ca_object_representations_media_2289_large271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3136_ca_object_representations_media_3453_large272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83050_ca_object_representations_media_411_large273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12107_ca_object_representations_media_414_large274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62626_ca_object_representations_media_2291_large275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56089_ca_object_representations_media_423_large276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68051_ca_object_representations_media_427_large277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69395_ca_object_representations_media_428_large278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56515_ca_object_representations_media_429_large279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52646_ca_object_representations_media_432_large280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91594_ca_object_representations_media_433_large281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86785_ca_object_representations_media_436_large282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82225_ca_object_representations_media_437_large283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69159_ca_object_representations_media_440_large284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49105_ca_object_representations_media_2294_large285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72761_ca_object_representations_media_2295_large286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1956_ca_object_representations_media_444_large287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52413_ca_object_representations_media_446_large288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25104_ca_object_representations_media_1019_large289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61410_ca_object_representations_media_1462_large290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76377_ca_object_representations_media_448_large291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74805_ca_object_representations_media_1243_large292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29279_ca_object_representations_media_2382_large293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89061_ca_object_representations_media_2625_large294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19771_ca_object_representations_media_1361_large295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13867_ca_object_representations_media_454_large296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51410_ca_object_representations_media_455_large297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48534_ca_object_representations_media_1177_large298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75928_ca_object_representations_media_2216_large299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68341_ca_object_representations_media_2194_large300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57660_ca_object_representations_media_2197_large301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76335_ca_object_representations_media_2214_large302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9289_ca_object_representations_media_2215_large303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27439_ca_object_representations_media_2213_large304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28731_ca_object_representations_media_465_large305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27706_ca_object_representations_media_467_large306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26609_ca_object_representations_media_1640_large307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59642_ca_object_representations_media_472_large308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85792_ca_object_representations_media_477_large309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15269_ca_object_representations_media_1195_large310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30623_ca_object_representations_media_487_large311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53343_ca_object_representations_media_1197_large312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4704_ca_object_representations_media_494_large313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92688_ca_object_representations_media_499_large314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5397_ca_object_representations_media_14_large315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6761_ca_object_representations_media_500_large316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52066_ca_object_representations_media_502_large317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35237_ca_object_representations_media_2217_large318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31036_ca_object_representations_media_2218_large319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96938_ca_object_representations_media_2201_large320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85902_ca_object_representations_media_2219_large321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12115_ca_object_representations_media_2205_large322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61959_ca_object_representations_media_2221_large323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90699_ca_object_representations_media_2230_large324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68945_ca_object_representations_media_2220_large325.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45417_ca_object_representations_media_2229_large326.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89085_ca_object_representations_media_2227_large327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96143_ca_object_representations_media_517_large328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51783_ca_object_representations_media_2298_large329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34129_ca_object_representations_media_527_large330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81426_ca_object_representations_media_530_large331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29275_ca_object_representations_media_533_large332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63428_ca_object_representations_media_992_large333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54570_ca_object_representations_media_988_large334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18786_ca_object_representations_media_4_large335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85793_ca_object_representations_media_542_large336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80021_ca_object_representations_media_543_large337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45284_ca_object_representations_media_544_large338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21035_ca_object_representations_media_545_large339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12607_ca_object_representations_media_547_large340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73158_ca_object_representations_media_553_large341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58171_ca_object_representations_media_560_large342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87816_ca_object_representations_media_561_large343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60343_ca_object_representations_media_565_large344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97505_ca_object_representations_media_567_large345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52235_ca_object_representations_media_570_large346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13702_ca_object_representations_media_573_large347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91447_ca_object_representations_media_575_large348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24116_ca_object_representations_media_579_large349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73755_ca_object_representations_media_583_large350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26484_ca_object_representations_media_590_large351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77644_ca_object_representations_media_594_large352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46927_ca_object_representations_media_598_large353.jpg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35879_ca_object_representations_media_602_large354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33889_ca_object_representations_media_610_large355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31295_ca_object_representations_media_613_large356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30387_ca_object_representations_media_981_large357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1274_ca_object_representations_media_620_large358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49843_ca_object_representations_media_626_large359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59477_ca_object_representations_media_632_large360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54847_ca_object_representations_media_633_large361.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26200_ca_object_representations_media_1370_large362.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87473_ca_object_representations_media_644_large363.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70179_ca_object_representations_media_653_large364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12765_ca_object_representations_media_655_large365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58363_ca_object_representations_media_656_large366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28577_ca_object_representations_media_2983_large367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13502_ca_object_representations_media_2246_large368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62431_ca_object_representations_media_665_large369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84676_ca_object_representations_media_669_large370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31388_ca_object_representations_media_675_large371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11696_ca_object_representations_media_685_large372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13098_ca_object_representations_media_686_large373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37017_ca_object_representations_media_693_large374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98017_ca_object_representations_media_698_large375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40804_ca_object_representations_media_705_large376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25245_ca_object_representations_media_1480_large377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1828_ca_object_representations_media_709_large378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13558_ca_object_representations_media_713_large379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67445_ca_object_representations_media_1001_large380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33976_ca_object_representations_media_717_large381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9834_ca_object_representations_media_720_large382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92083_ca_object_representations_media_725_large383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78719_ca_object_representations_media_990_large384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25952_ca_object_representations_media_726_large385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31768_ca_object_representations_media_728_large386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78137_ca_object_representations_media_730_large387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29626_ca_object_representations_media_1024_large388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86244_ca_object_representations_media_734_large389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3273_ca_object_representations_media_742_large390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46721_ca_object_representations_media_747_large391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2399_ca_object_representations_media_756_large392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27811_ca_object_representations_media_757_large393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21784_ca_object_representations_media_3025_large394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40622_ca_object_representations_media_764_large395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41984_ca_object_representations_media_2238_large396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84067_ca_object_representations_media_765_large397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73546_ca_object_representations_media_3136_large398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44132_ca_object_representations_media_768_large399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22891_ca_object_representations_media_771_large400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53180_ca_object_representations_media_774_large401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12763_ca_object_representations_media_778_large402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42997_ca_object_representations_media_781_large403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69344_ca_object_representations_media_2043_large404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61863_ca_object_representations_media_785_large405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40795_ca_object_representations_media_786_large406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82622_ca_object_representations_media_1383_large407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769_ca_object_representations_media_788_large408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61539_ca_object_representations_media_792_large409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62323_ca_object_representations_media_3560_large410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31782_ca_object_representations_media_3565_large411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63693_ca_object_representations_media_808_large412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32323_ca_object_representations_media_1049_large413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40944_ca_object_representations_media_1074_large414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63537_ca_object_representations_media_2011_large415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48485_ca_object_representations_media_1051_large416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13668_ca_object_representations_media_1050_large417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20317_ca_object_representations_media_979_large418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77094_ca_object_representations_media_1048_large419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42406_ca_object_representations_media_1052_large420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9791_ca_object_representations_media_2823_large421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88025_ca_object_representations_media_812_large422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31512_ca_object_representations_media_816_large423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58535_ca_object_representations_media_822_large424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99370_ca_object_representations_media_1301_large425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9356_ca_object_representations_media_831_large426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2163_ca_object_representations_media_834_large427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57727_ca_object_representations_media_2006_large428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46747_ca_object_representations_media_846_large429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29671_ca_object_representations_media_1366_large430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14372_ca_object_representations_media_852_large431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64716_ca_object_representations_media_8_large432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17758_ca_object_representations_media_859_large433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40559_ca_object_representations_media_1970_large434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52713_ca_object_representations_media_860_large435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23873_ca_object_representations_media_867_large436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6118_ca_object_representations_media_868_large437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7855_ca_object_representations_media_869_large438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48736_ca_object_representations_media_1889_large439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24436_ca_object_representations_media_1875_large440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70765_ca_object_representations_media_1756_large441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55795_ca_object_representations_media_2682_large442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96432_ca_object_representations_media_967_large443.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30334_ca_object_representations_media_1319_large444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5029_ca_object_representations_media_1090_large445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11752_ca_object_representations_media_1087_large446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25910_ca_object_representations_media_1093_large447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75078_ca_object_representations_media_1226_large448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79435_ca_object_representations_media_1097_large449.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66551_ca_object_representations_media_1101_large450.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78988_ca_object_representations_media_1356_large451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39418_ca_object_representations_media_1334_large452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67277_ca_object_representations_media_1221_large453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92815_ca_object_representations_media_890_large454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large462.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large463.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large464.jpg"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88490_ca_object_representations_media_1104_large465.jpg"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28644_ca_object_representations_media_885_large466.jpg"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78997_ca_object_representations_media_976_large467.jpg"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87423_ca_object_representations_media_910_large468.jpg"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44817_ca_object_representations_media_1012_large469.jpg"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5865_ca_object_representations_media_1346_large470.jpg"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95746_ca_object_representations_media_2251_large471.jpg"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3129_ca_object_representations_media_1313_large472.jpg"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37992_ca_object_representations_media_1311_large473.jpg"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54842_ca_object_representations_media_1352_large474.jpg"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7984_ca_object_representations_media_1376_large475.jpg"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22052_ca_object_representations_media_1493_large476.jpg"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56226_ca_object_representations_media_1499_large477.jpg"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34816_ca_object_representations_media_1406_large478.jpg"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30292_ca_object_representations_media_2789_large479.jpg"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71091_ca_object_representations_media_2697_large480.jpg"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82576_ca_object_representations_media_2700_large481.jpg"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17740_ca_object_representations_media_2710_large482.jpg"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19727_ca_object_representations_media_2712_large483.jpg"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29303_ca_object_representations_media_2389_large484.jpg"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34863_ca_object_representations_media_2733_large485.jpg"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89140_ca_object_representations_media_2669_large486.jpg"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62469_ca_object_representations_media_2677_large487.jpg"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80845_ca_object_representations_media_2718_large488.jpg"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36389_ca_object_representations_media_2728_large489.jpg"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4872_ca_object_representations_media_2721_large490.jpg"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99679_ca_object_representations_media_2814_large491.jpg"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95366_ca_object_representations_media_2694_large492.jpg"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22286_ca_object_representations_media_2729_large493.jpg"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77929_ca_object_representations_media_3241_large494.jpg"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23644_ca_object_representations_media_2740_large495.jpg"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67046_ca_object_representations_media_3079_large496.jpg"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21179_ca_object_representations_media_2763_large497.jpg"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15817_ca_object_representations_media_2785_large498.jpg"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91305_ca_object_representations_media_3108_large499.jpg"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38164_ca_object_representations_media_2867_large500.jpg"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46810_ca_object_representations_media_3012_large501.jpg"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25375_ca_object_representations_media_3587_large502.jpg"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79454_ca_object_representations_media_3229_large503.jpg"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94092_ca_object_representations_media_3480_large504.jpg"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69334_ca_object_representations_media_3481_large505.jpg"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59412_ca_object_representations_media_3482_large506.jpg"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48043_ca_object_representations_media_3483_large507.jpg"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3358_ca_object_representations_media_3576_large508.jpg"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39170_ca_object_representations_media_3496_large509.jpg"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82290_ca_object_representations_media_3234_large510.jpg"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88763_ca_object_representations_media_3575_large511.jpg"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97727_ca_object_representations_media_3319_large512.jpg"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4710_ca_object_representations_media_3323_large513.jpg"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94855_ca_object_representations_media_3327_large514.jpg"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30430_ca_object_representations_media_3331_large515.jpg"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89519_ca_object_representations_media_3324_large516.jpg"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99268_ca_object_representations_media_3604_large517.jpg"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97574_ca_object_representations_media_3518_large518.jpg"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66301_ca_object_representations_media_3548_large519.jpg"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65550_ca_object_representations_media_3505_large520.jpg"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74930_ca_object_representations_media_3503_large521.jpg"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21047_ca_object_representations_media_3502_large522.jpg"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83750_ca_object_representations_media_3532_large523.jpg"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36578_ca_object_representations_media_3542_large524.jpg"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50851_ca_object_representations_media_3531_large525.jpg"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86228_ca_object_representations_media_3528_large526.jpg"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83585_ca_object_representations_media_3534_large527.jpg"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44396_ca_object_representations_media_3556_large528.jpg"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25657_ca_object_representations_media_3572_large529.jpg"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33118_ca_object_representations_media_3530_large530.jpg"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64977_ca_object_representations_media_3535_large531.jpg"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32003_ca_object_representations_media_3579_large532.jpg"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78145_ca_object_representations_media_3586_large533.jpg"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42209_ca_object_representations_media_3643_large534.jpg"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57942_ca_object_representations_media_3640_large535.jpg"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90965_ca_object_representations_media_3659_large536.jpg"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18008_ca_object_representations_media_3611_large537.jpg"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82210_ca_object_representations_media_3613_large538.jpg"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20111_ca_object_representations_media_3619_large539.jpg"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12669_ca_object_representations_media_3598_large540.jpg"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1849_ca_object_representations_media_3622_large541.jpg"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88626_ca_object_representations_media_3631_large542.jpg"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42449_ca_object_representations_media_3637_large543.jpg"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88147_ca_object_representations_media_3634_large544.jpg"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88138_ca_object_representations_media_3647_large545.jpg"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23584_ca_object_representations_media_3698_large546.jpg"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79379_ca_object_representations_media_3678_large547.jpg"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45858_ca_object_representations_media_3681_large548.jpg"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4741_ca_object_representations_media_3718_large549.jpg"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7236_ca_object_representations_media_3664_large550.jpg"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24701_ca_object_representations_media_3667_large551.jpg"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84767_ca_object_representations_media_3709_large552.jpg"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70831_ca_object_representations_media_3726_large553.jpg"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83936_ca_object_representations_media_3773_large554.jpg"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3051_ca_object_representations_media_3764_large555.jpg"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/705_ca_object_representations_media_3760_large556.jpg"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97694_ca_object_representations_media_3780_large557.jpg"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49901_ca_object_representations_media_3439_large558.jpg"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94849_ca_object_representations_media_2810_large559.jpg"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41580_ca_object_representations_media_874_large560.jpg"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89073_ca_object_representations_media_3676_large561.jpg"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94959_ca_object_representations_media_3758_large562.jpg"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37046_ca_object_representations_media_1507_large563.jpg"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43890_ca_object_representations_media_1508_large564.jpg"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94111_ca_object_representations_media_1509_large565.jpg"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58863_ca_object_representations_media_1510_large566.jpg"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44979_ca_object_representations_media_1512_large567.jpg"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30970_ca_object_representations_media_1513_large568.jpg"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86574_ca_object_representations_media_1515_large569.jpg"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71589_ca_object_representations_media_1516_large570.jpg"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84749_ca_object_representations_media_1518_large571.jpg"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17219_ca_object_representations_media_1521_large572.jpg"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95464_ca_object_representations_media_1525_large573.jpg"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89986_ca_object_representations_media_1526_large574.jpg"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64572_ca_object_representations_media_1530_large575.jpg"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48594_ca_object_representations_media_1532_large576.jpg"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99147_ca_object_representations_media_1537_large577.jpg"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10352_ca_object_representations_media_1538_large578.jpg"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73435_ca_object_representations_media_1540_large579.jpg"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48613_ca_object_representations_media_1542_large580.jpg"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38530_ca_object_representations_media_1544_large581.jpg"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63764_ca_object_representations_media_1546_large582.jpg"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34440_ca_object_representations_media_1548_large583.jpg"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89294_ca_object_representations_media_1550_large584.jpg"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46892_ca_object_representations_media_1554_large585.jpg"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86127_ca_object_representations_media_1556_large586.jpg"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19453_ca_object_representations_media_1560_large587.jpg"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57490_ca_object_representations_media_1562_large588.jpg"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58376_ca_object_representations_media_1564_large589.jpg"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46128_ca_object_representations_media_1566_large590.jpg"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33468_ca_object_representations_media_1568_large591.jpg"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50027_ca_object_representations_media_1617_large592.jpg"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65363_ca_object_representations_media_1569_large593.jpg"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43649_ca_object_representations_media_1570_large594.jpg"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44076_ca_object_representations_media_1571_large595.jpg"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9009_ca_object_representations_media_1572_large596.jpg"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53585_ca_object_representations_media_1574_large597.jpg"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89435_ca_object_representations_media_1575_large598.jpg"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21625_ca_object_representations_media_1576_large599.jpg"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25973_ca_object_representations_media_1577_large600.jpg"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53930_ca_object_representations_media_1578_large601.jpg"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24845_ca_object_representations_media_1580_large602.jpg"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13045_ca_object_representations_media_1581_large603.jpg"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71567_ca_object_representations_media_1582_large604.jpg"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58883_ca_object_representations_media_1583_large605.jpg"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26184_ca_object_representations_media_1586_large606.jpg"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75189_ca_object_representations_media_1589_large607.jpg"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56676_ca_object_representations_media_1592_large608.jpg"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57486_ca_object_representations_media_1594_large609.jpg"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92738_ca_object_representations_media_1597_large610.jpg"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65502_ca_object_representations_media_1599_large611.jpg"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39255_ca_object_representations_media_1601_large612.jpg"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67248_ca_object_representations_media_1605_large613.jpg"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96425_ca_object_representations_media_1607_large614.jpg"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45992_ca_object_representations_media_1609_large615.jpg"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68953_ca_object_representations_media_1611_large616.jpg"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46976_ca_object_representations_media_1613_large617.jpg"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10501_ca_object_representations_media_1615_large618.jpg"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88679_ca_object_representations_media_1618_large619.jpg"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44353_ca_object_representations_media_1620_large620.jpg"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37908_ca_object_representations_media_1622_large621.jpg"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42802_ca_object_representations_media_1624_large622.jpg"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70286_ca_object_representations_media_1626_large623.jpg"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79645_ca_object_representations_media_1627_large624.jpg"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46057_ca_object_representations_media_1629_large625.jpg"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86423_ca_object_representations_media_1631_large626.jpg"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34306_ca_object_representations_media_1633_large627.jpg"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78594_ca_object_representations_media_1635_large628.jpg"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32866_ca_object_representations_media_1641_large629.jpg"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16738_ca_object_representations_media_1644_large630.jpg"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12776_ca_object_representations_media_1646_large631.jpg"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59734_ca_object_representations_media_1660_large632.jpg"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28752_ca_object_representations_media_1662_large633.jpg"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91367_ca_object_representations_media_1664_large634.jpg"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54519_ca_object_representations_media_1666_large635.jpg"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57219_ca_object_representations_media_1667_large636.jpg"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57075_ca_object_representations_media_1668_large637.jpg"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98486_ca_object_representations_media_1671_large638.jpg"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/814_ca_object_representations_media_1673_large639.jpg"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31364_ca_object_representations_media_1675_large640.jpg"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57475_ca_object_representations_media_1676_large641.jpg"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53522_ca_object_representations_media_1678_large642.jpg"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83365_ca_object_representations_media_1680_large643.jpg"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72081_ca_object_representations_media_1682_large644.jpg"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22555_ca_object_representations_media_1684_large645.jpg"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48819_ca_object_representations_media_1686_large646.jpg"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70778_ca_object_representations_media_1688_large647.jpg"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48402_ca_object_representations_media_1689_large648.jpg"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48088_ca_object_representations_media_1699_large649.jpg"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70608_ca_object_representations_media_1700_large650.jpg"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91888_ca_object_representations_media_1701_large651.jpg"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60964_ca_object_representations_media_1703_large652.jpg"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43813_ca_object_representations_media_1704_large653.jpg"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26989_ca_object_representations_media_1706_large654.jpg"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88447_ca_object_representations_media_1708_large655.jpg"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5271_ca_object_representations_media_1710_large656.jpg"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35013_ca_object_representations_media_1768_large657.jpg"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70693_ca_object_representations_media_1776_large658.jpg"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83937_ca_object_representations_media_1712_large659.jpg"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57132_ca_object_representations_media_1775_large660.jpg"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7449_ca_object_representations_media_1779_large661.jpg"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51031_ca_object_representations_media_1714_large662.jpg"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63493_ca_object_representations_media_1774_large663.jpg"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62369_ca_object_representations_media_1773_large664.jpg"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89217_ca_object_representations_media_1772_large665.jpg"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33998_ca_object_representations_media_1781_large666.jpg"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2978_ca_object_representations_media_1715_large667.jpg"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15544_ca_object_representations_media_1770_large668.jpg"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30716_ca_object_representations_media_1716_large669.jpg"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71727_ca_object_representations_media_1720_large670.jpg"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69093_ca_object_representations_media_1724_large671.jpg"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47703_ca_object_representations_media_1777_large672.jpg"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41981_ca_object_representations_media_1718_large673.jpg"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86212_ca_object_representations_media_1769_large674.jpg"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79937_ca_object_representations_media_1723_large675.jpg"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49133_ca_object_representations_media_1722_large676.jpg"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77944_ca_object_representations_media_1721_large677.jpg"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7380_ca_object_representations_media_1717_large678.jpg"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40780_ca_object_representations_media_1719_large679.jpg"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82757_ca_object_representations_media_1771_large680.jpg"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55787_ca_object_representations_media_1778_large681.jpg"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13575_ca_object_representations_media_1766_large682.jpg"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96396_ca_object_representations_media_1765_large683.jpg"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71968_ca_object_representations_media_1713_large684.jpg"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24347_ca_object_representations_media_1113_large685.jpg"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39711_ca_object_representations_media_1415_large686.jpg"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83649_ca_object_representations_media_1843_large687.jpg"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67803_ca_object_representations_media_1854_large688.jpg"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65085_ca_object_representations_media_1126_large689.jpg"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15205_ca_object_representations_media_1127_large690.jpg"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99343_ca_object_representations_media_1451_large691.jpg"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58760_ca_object_representations_media_1447_large692.jpg"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32912_ca_object_representations_media_1844_large693.jpg"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98250_ca_object_representations_media_1420_large694.jpg"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/764_ca_object_representations_media_1419_large695.jpg"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45880_ca_object_representations_media_1913_large696.jpg"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18034_ca_object_representations_media_1422_large697.jpg"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22120_ca_object_representations_media_1423_large698.jpg"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43264_ca_object_representations_media_1139_large699.jpg"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78826_ca_object_representations_media_1396_large700.jpg"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47213_ca_object_representations_media_1142_large701.jpg"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97968_ca_object_representations_media_1143_large702.jpg"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45386_ca_object_representations_media_1958_large703.jpg"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43617_ca_object_representations_media_1928_large704.jpg"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7072_ca_object_representations_media_1427_large705.jpg"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25975_ca_object_representations_media_1931_large706.jpg"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86797_ca_object_representations_media_1372_large707.jpg"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80388_ca_object_representations_media_1944_large708.jpg"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14542_ca_object_representations_media_1434_large709.jpg"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81433_ca_object_representations_media_1505_large710.jpg"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85046_ca_object_representations_media_1160_large711.jpg"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88714_ca_object_representations_media_1449_large712.jpg"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51660_ca_object_representations_media_1450_large713.jpg"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57870_ca_object_representations_media_1165_large714.jpg"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57826_ca_object_representations_media_1166_large715.jpg"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26837_ca_object_representations_media_1167_large716.jpg"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87373_ca_object_representations_media_1168_large717.jpg"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72587_ca_object_representations_media_1400_large718.jpg"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54031_ca_object_representations_media_1440_large719.jpg"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57544_ca_object_representations_media_1437_large720.jpg"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62155_ca_object_representations_media_1438_large721.jpg"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36830_ca_object_representations_media_1172_large722.jpg"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80133_ca_object_representations_media_1173_large723.jpg"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96533_ca_object_representations_media_1174_large724.jpg"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36157_ca_object_representations_media_1175_large725.jpg"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25932_ca_object_representations_media_1176_large726.jpg"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17120_ca_object_representations_media_2233_large727.jpg"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83703_ca_object_representations_media_3443_large728.jpg"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22185_ca_object_representations_media_1182_large729.jpg"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2566_ca_object_representations_media_1445_large730.jpg"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42680_ca_object_representations_media_2851_large731.jpg"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21880_ca_object_representations_media_2631_large732.jpg"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59610_ca_object_representations_media_2231_large733.jpg"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72152_ca_object_representations_media_3164_large734.jpg"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6395_ca_object_representations_media_1188_large735.jpg"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91838_ca_object_representations_media_1217_large736.jpg"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3410_ca_object_representations_media_2036_large737.jpg"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77264_ca_object_representations_media_1200_large738.jpg"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6980_ca_object_representations_media_2037_large739.jpg"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38972_ca_object_representations_media_1202_large740.jpg"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15675_ca_object_representations_media_1203_large741.jpg"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10257_ca_object_representations_media_1204_large742.jpg"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53989_ca_object_representations_media_1205_large743.jpg"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75990_ca_object_representations_media_1206_large744.jpg"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8267_ca_object_representations_media_1207_large745.jpg"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59737_ca_object_representations_media_2046_large746.jpg"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4911_ca_object_representations_media_1213_large747.jpg"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64890_ca_object_representations_media_1214_large748.jpg"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55533_ca_object_representations_media_1215_large749.jpg"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10459_ca_object_representations_media_2047_large750.jpg"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17533_ca_object_representations_media_2048_large751.jpg"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81916_ca_object_representations_media_2049_large752.jpg"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30236_ca_object_representations_media_2050_large753.jpg"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51217_ca_object_representations_media_1961_large754.jpg"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3434_ca_object_representations_media_2052_large755.jpg"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95484_ca_object_representations_media_3597_large756.jpg"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74539_ca_object_representations_media_1231_large757.jpg"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69494_ca_object_representations_media_1228_large758.jpg"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58514_ca_object_representations_media_1230_large759.jpg"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70013_ca_object_representations_media_1410_large760.jpg"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66633_ca_object_representations_media_2061_large761.jpg"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28811_ca_object_representations_media_2062_large762.jpg"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93297_ca_object_representations_media_2064_large763.jpg"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86510_ca_object_representations_media_2066_large764.jpg"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39429_ca_object_representations_media_2067_large765.jpg"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88861_ca_object_representations_media_2068_large766.jpg"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2520_ca_object_representations_media_2069_large767.jpg"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54788_ca_object_representations_media_1345_large768.jpg"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82213_ca_object_representations_media_2915_large769.jpg"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82070_ca_object_representations_media_2072_large770.jpg"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79713_ca_object_representations_media_2073_large771.jpg"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36567_ca_object_representations_media_2074_large772.jpg"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73485_ca_object_representations_media_2075_large773.jpg"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43233_ca_object_representations_media_2076_large774.jpg"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13634_ca_object_representations_media_25_large775.jpg"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53983_ca_object_representations_media_1268_large776.jpg"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24827_ca_object_representations_media_1229_large777.jpg"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14187_ca_object_representations_media_1344_large778.jpg"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87817_ca_object_representations_media_1234_large779.jpg"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39851_ca_object_representations_media_1236_large780.jpg"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58552_ca_object_representations_media_1341_large781.jpg"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20938_ca_object_representations_media_1251_large782.jpg"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92545_ca_object_representations_media_1252_large783.jpg"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29247_ca_object_representations_media_1269_large784.jpg"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81245_ca_object_representations_media_1248_large785.jpg"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/992_ca_object_representations_media_3346_large786.jpg"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15766_ca_object_representations_media_1339_large787.jpg"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58000_ca_object_representations_media_1266_large788.jpg"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71110_ca_object_representations_media_3165_large789.jpg"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62421_ca_object_representations_media_1271_large790.jpg"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2250_ca_object_representations_media_1273_large791.jpg"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35135_ca_object_representations_media_2639_large792.jpg"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48550_ca_object_representations_media_2640_large793.jpg"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29993_ca_object_representations_media_2643_large794.jpg"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46034_ca_object_representations_media_2645_large795.jpg"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88088_ca_object_representations_media_2648_large796.jpg"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41388_ca_object_representations_media_1239_large797.jpg"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28310_ca_object_representations_media_1343_large798.jpg"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26473_ca_object_representations_media_1340_large799.jpg"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33506_ca_object_representations_media_1337_large800.jpg"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87106_ca_object_representations_media_1804_large801.jpg"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1801_ca_object_representations_media_2385_large802.jpg"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95231_ca_object_representations_media_1272_large803.jpg"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87876_ca_object_representations_media_2386_large804.jpg"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11795_ca_object_representations_media_2402_large805.jpg"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59511_ca_object_representations_media_1486_large806.jpg"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45128_ca_object_representations_media_1238_large807.jpg"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35229_ca_object_representations_media_1810_large808.jpg"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16256_ca_object_representations_media_2397_large809.jpg"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15058_ca_object_representations_media_2405_large810.jpg"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16368_ca_object_representations_media_2406_large811.jpg"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70939_ca_object_representations_media_2407_large812.jpg"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53811_ca_object_representations_media_2408_large813.jpg"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16322_ca_object_representations_media_2409_large814.jpg"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9936_ca_object_representations_media_2410_large815.jpg"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30333_ca_object_representations_media_2411_large816.jpg"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18689_ca_object_representations_media_2412_large817.jpg"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95533_ca_object_representations_media_2414_large818.jpg"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80794_ca_object_representations_media_2415_large819.jpg"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86271_ca_object_representations_media_2422_large820.jpg"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91434_ca_object_representations_media_2423_large821.jpg"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62356_ca_object_representations_media_2424_large822.jpg"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15005_ca_object_representations_media_2429_large823.jpg"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73903_ca_object_representations_media_2431_large824.jpg"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78515_ca_object_representations_media_2433_large825.jpg"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97394_ca_object_representations_media_2436_large826.jpg"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3051_ca_object_representations_media_2437_large827.jpg"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63229_ca_object_representations_media_2438_large828.jpg"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61514_ca_object_representations_media_2453_large829.jpg"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99680_ca_object_representations_media_2455_large830.jpg"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3504_ca_object_representations_media_2457_large831.jpg"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/130_ca_object_representations_media_2458_large832.jpg"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71123_ca_object_representations_media_2462_large833.jpg"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20219_ca_object_representations_media_2463_large834.jpg"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86246_ca_object_representations_media_2465_large835.jpg"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4305_ca_object_representations_media_2466_large836.jpg"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20975_ca_object_representations_media_2467_large837.jpg"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58571_ca_object_representations_media_2468_large838.jpg"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84619_ca_object_representations_media_2469_large839.jpg"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26286_ca_object_representations_media_2471_large840.jpg"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46567_ca_object_representations_media_2473_large841.jpg"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66947_ca_object_representations_media_2474_large842.jpg"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50242_ca_object_representations_media_2475_large843.jpg"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42203_ca_object_representations_media_2476_large844.jpg"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82528_ca_object_representations_media_2478_large845.jpg"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66472_ca_object_representations_media_2481_large846.jpg"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77106_ca_object_representations_media_2482_large847.jpg"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96291_ca_object_representations_media_2483_large848.jpg"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28451_ca_object_representations_media_2486_large849.jpg"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80620_ca_object_representations_media_2487_large850.jpg"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8319_ca_object_representations_media_2512_large851.jpg"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74242_ca_object_representations_media_2489_large852.jpg"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83575_ca_object_representations_media_2514_large853.jpg"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92820_ca_object_representations_media_2516_large854.jpg"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96371_ca_object_representations_media_2517_large855.jpg"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79649_ca_object_representations_media_2518_large856.jpg"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44047_ca_object_representations_media_2519_large857.jpg"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36762_ca_object_representations_media_2520_large858.jpg"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78427_ca_object_representations_media_2521_large859.jpg"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60393_ca_object_representations_media_2609_large860.jpg"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64667_ca_object_representations_media_2535_large861.jpg"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40444_ca_object_representations_media_2612_large862.jpg"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35226_ca_object_representations_media_2613_large863.jpg"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93605_ca_object_representations_media_2536_large864.jpg"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44117_ca_object_representations_media_2537_large865.jpg"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92740_ca_object_representations_media_2538_large866.jpg"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90027_ca_object_representations_media_2541_large867.jpg"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53288_ca_object_representations_media_2542_large868.jpg"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9944_ca_object_representations_media_2543_large869.jpg"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66543_ca_object_representations_media_2544_large870.jpg"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32473_ca_object_representations_media_2546_large871.jpg"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82387_ca_object_representations_media_2547_large872.jpg"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22441_ca_object_representations_media_2549_large873.jpg"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34863_ca_object_representations_media_2550_large874.jpg"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46074_ca_object_representations_media_2551_large875.jpg"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86355_ca_object_representations_media_2552_large876.jpg"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41664_ca_object_representations_media_2555_large877.jpg"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29450_ca_object_representations_media_2556_large878.jpg"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92228_ca_object_representations_media_2557_large879.jpg"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43242_ca_object_representations_media_2558_large880.jpg"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90230_ca_object_representations_media_2560_large881.jpg"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91279_ca_object_representations_media_2566_large882.jpg"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8059_ca_object_representations_media_2655_large883.jpg"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14056_ca_object_representations_media_2569_large884.jpg"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37085_ca_object_representations_media_2572_large885.jpg"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83315_ca_object_representations_media_2573_large886.jpg"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98198_ca_object_representations_media_2574_large887.jpg"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39049_ca_object_representations_media_2576_large888.jpg"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38815_ca_object_representations_media_2577_large889.jpg"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40328_ca_object_representations_media_2579_large890.jpg"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56511_ca_object_representations_media_2580_large891.jpg"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58038_ca_object_representations_media_2581_large892.jpg"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80489_ca_object_representations_media_3387_large893.jpg"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23516_ca_object_representations_media_2636_large894.jpg"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3549_ca_object_representations_media_1726_large895.jpg"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84876_ca_object_representations_media_1727_large896.jpg"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55571_ca_object_representations_media_1728_large897.jpg"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94546_ca_object_representations_media_1741_large898.jpg"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6009_ca_object_representations_media_1742_large899.jpg"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4842_ca_object_representations_media_1753_large900.jpg"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25746_ca_object_representations_media_1754_large901.jpg"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9133_ca_object_representations_media_1748_large902.jpg"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10673_ca_object_representations_media_1749_large903.jpg"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8674_ca_object_representations_media_1750_large904.jpg"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71652_ca_object_representations_media_1751_large905.jpg"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73265_ca_object_representations_media_1752_large906.jpg"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66809_ca_object_representations_media_1803_large907.jpg"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91266_ca_object_representations_media_1805_large908.jpg"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3497_ca_object_representations_media_1806_large909.jpg"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44772_ca_object_representations_media_1807_large910.jpg"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14358_ca_object_representations_media_1808_large911.jpg"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58001_ca_object_representations_media_1809_large912.jpg"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61662_ca_object_representations_media_1852_large913.jpg"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74556_ca_object_representations_media_2059_large914.jpg"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18464_ca_object_representations_media_2079_large915.jpg"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5028_ca_object_representations_media_2082_large916.jpg"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82332_ca_object_representations_media_2084_large917.jpg"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24186_ca_object_representations_media_2086_large918.jpg"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5307_ca_object_representations_media_2090_large919.jpg"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70426_ca_object_representations_media_2094_large920.jpg"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49878_ca_object_representations_media_2117_large921.jpg"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19872_ca_object_representations_media_2132_large922.jpg"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84027_ca_object_representations_media_2921_large923.jpg"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36238_ca_object_representations_media_2122_large924.jpg"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86464_ca_object_representations_media_2124_large925.jpg"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13015_ca_object_representations_media_3368_large926.jpg"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36185_ca_object_representations_media_2135_large927.jpg"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65805_ca_object_representations_media_2136_large928.jpg"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5130_ca_object_representations_media_2137_large929.jpg"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18026_ca_object_representations_media_2138_large930.jpg"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75709_ca_object_representations_media_2139_large931.jpg"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29219_ca_object_representations_media_2141_large932.jpg"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20402_ca_object_representations_media_2142_large933.jpg"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77942_ca_object_representations_media_2146_large934.jpg"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81006_ca_object_representations_media_2147_large935.jpg"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5240_ca_object_representations_media_2176_large936.jpg"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92534_ca_object_representations_media_2178_large937.jpg"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81977_ca_object_representations_media_2179_large938.jpg"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85950_ca_object_representations_media_2175_large939.jpg"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10921_ca_object_representations_media_3394_large940.jpg"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72821_ca_object_representations_media_1744_large941.jpg"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19808_ca_object_representations_media_1783_large942.jpg"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27983_ca_object_representations_media_1784_large943.jpg"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20842_ca_object_representations_media_1789_large944.jpg"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70582_ca_object_representations_media_1786_large945.jpg"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61980_ca_object_representations_media_2898_large946.jpg"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64627_ca_object_representations_media_1788_large947.jpg"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65512_ca_object_representations_media_1791_large948.jpg"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92338_ca_object_representations_media_1799_large949.jpg"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54729_ca_object_representations_media_2020_large950.jpg"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96923_ca_object_representations_media_2025_large951.jpg"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31356_ca_object_representations_media_2257_large952.jpg"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16433_ca_object_representations_media_2235_large953.jpg"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14784_ca_object_representations_media_2582_large954.jpg"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22093_ca_object_representations_media_2028_large955.jpg"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57936_ca_object_representations_media_2029_large956.jpg"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94404_ca_object_representations_media_2039_large957.jpg"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/406_ca_object_representations_media_2450_large958.jpg"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12734_ca_object_representations_media_2527_large959.jpg"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32359_ca_object_representations_media_2586_large960.jpg"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29125_ca_object_representations_media_2241_large961.jpg"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15548_ca_object_representations_media_2443_large962.jpg"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96630_ca_object_representations_media_2242_large963.jpg"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29730_ca_object_representations_media_3378_large964.jpg"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34791_ca_object_representations_media_2588_large965.jpg"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77683_ca_object_representations_media_2417_large966.jpg"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14401_ca_object_representations_media_2589_large967.jpg"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67719_ca_object_representations_media_2590_large968.jpg"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71349_ca_object_representations_media_2591_large969.jpg"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11637_ca_object_representations_media_2592_large970.jpg"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97260_ca_object_representations_media_2595_large971.jpg"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80714_ca_object_representations_media_2597_large972.jpg"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47905_ca_object_representations_media_3210_large973.jpg"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59202_ca_object_representations_media_3213_large974.jpg"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30038_ca_object_representations_media_2953_large975.jpg"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14123_ca_object_representations_media_3094_large976.jpg"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80260_ca_object_representations_media_3217_large977.jpg"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19860_ca_object_representations_media_3174_large978.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5000625"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="imageA2" descr="imageA2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -22489,13293 +22558,13443 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="531" name="imageA565" descr="imageA565"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId531"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>565</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="532" name="imageA566" descr="imageA566"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId532"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>566</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="533" name="imageA567" descr="imageA567"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId533"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>568</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8372475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="534" name="imageA569" descr="imageA569"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId534"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>569</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6619875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="535" name="imageA570" descr="imageA570"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId535"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>570</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="536" name="imageA571" descr="imageA571"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId536"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>571</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="537" name="imageA572" descr="imageA572"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId537"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>572</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="538" name="imageA573" descr="imageA573"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId538"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>573</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="539" name="imageA574" descr="imageA574"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId539"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>574</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3752850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="540" name="imageA575" descr="imageA575"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId540"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>576</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="541" name="imageA577" descr="imageA577"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId541"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>577</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="542" name="imageA578" descr="imageA578"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId542"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>579</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9896475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="543" name="imageA580" descr="imageA580"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId543"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>580</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4533900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="544" name="imageA581" descr="imageA581"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId544"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>581</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="545" name="imageA582" descr="imageA582"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId545"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>582</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="6667500" cy="8886825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="532" name="imageA567" descr="imageA567"/>
-[...23 lines deleted...]
-      <xdr:row>567</xdr:row>
+        <xdr:cNvPr id="546" name="imageA583" descr="imageA583"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId546"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>585</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3076575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="547" name="imageA586" descr="imageA586"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId547"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>588</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3733800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="548" name="imageA589" descr="imageA589"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId548"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>589</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="549" name="imageA590" descr="imageA590"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId549"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>592</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="550" name="imageA593" descr="imageA593"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId550"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>593</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10001250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="551" name="imageA594" descr="imageA594"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId551"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>594</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10001250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="552" name="imageA595" descr="imageA595"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId552"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>596</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="553" name="imageA597" descr="imageA597"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId553"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>597</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4448175"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="533" name="imageA568" descr="imageA568"/>
-[...83 lines deleted...]
-      <xdr:row>571</xdr:row>
+        <xdr:cNvPr id="554" name="imageA598" descr="imageA598"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId554"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>598</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6667500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="555" name="imageA599" descr="imageA599"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId555"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>599</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6667500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="556" name="imageA600" descr="imageA600"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId556"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>600</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="557" name="imageA601" descr="imageA601"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId557"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>602</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="558" name="imageA603" descr="imageA603"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId558"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>603</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6076950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="559" name="imageA604" descr="imageA604"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId559"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>605</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9963150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="560" name="imageA606" descr="imageA606"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId560"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>637</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3009900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="561" name="imageA638" descr="imageA638"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId561"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>655</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5267325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="562" name="imageA656" descr="imageA656"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId562"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>930</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4448175"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="536" name="imageA572" descr="imageA572"/>
-[...23 lines deleted...]
-      <xdr:row>572</xdr:row>
+        <xdr:cNvPr id="563" name="imageA931" descr="imageA931"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId563"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>931</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="564" name="imageA932" descr="imageA932"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId564"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>932</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="565" name="imageA933" descr="imageA933"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId565"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>933</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="566" name="imageA934" descr="imageA934"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId566"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>934</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="567" name="imageA935" descr="imageA935"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId567"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>935</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="568" name="imageA936" descr="imageA936"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId568"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>936</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="569" name="imageA937" descr="imageA937"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId569"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>937</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="570" name="imageA938" descr="imageA938"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId570"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>938</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="571" name="imageA939" descr="imageA939"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId571"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>939</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="572" name="imageA940" descr="imageA940"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId572"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>940</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="573" name="imageA941" descr="imageA941"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId573"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>941</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="574" name="imageA942" descr="imageA942"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId574"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>942</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="575" name="imageA943" descr="imageA943"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId575"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>943</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="576" name="imageA944" descr="imageA944"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId576"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>944</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="577" name="imageA945" descr="imageA945"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId577"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>945</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="578" name="imageA946" descr="imageA946"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId578"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>946</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="579" name="imageA947" descr="imageA947"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId579"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>947</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="580" name="imageA948" descr="imageA948"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId580"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>948</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="581" name="imageA949" descr="imageA949"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId581"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>949</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="582" name="imageA950" descr="imageA950"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId582"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>950</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="583" name="imageA951" descr="imageA951"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId583"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>951</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="584" name="imageA952" descr="imageA952"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId584"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>952</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="585" name="imageA953" descr="imageA953"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId585"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>953</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="586" name="imageA954" descr="imageA954"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId586"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>954</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="587" name="imageA955" descr="imageA955"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId587"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>955</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="588" name="imageA956" descr="imageA956"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId588"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>956</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="589" name="imageA957" descr="imageA957"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId589"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>957</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="590" name="imageA958" descr="imageA958"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId590"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>958</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="591" name="imageA959" descr="imageA959"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId591"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>959</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="592" name="imageA960" descr="imageA960"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId592"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>960</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="593" name="imageA961" descr="imageA961"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId593"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>961</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="594" name="imageA962" descr="imageA962"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId594"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>962</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="595" name="imageA963" descr="imageA963"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId595"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>963</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="596" name="imageA964" descr="imageA964"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId596"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>964</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="597" name="imageA965" descr="imageA965"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId597"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>965</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="598" name="imageA966" descr="imageA966"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId598"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>966</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="599" name="imageA967" descr="imageA967"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId599"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>967</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="600" name="imageA968" descr="imageA968"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId600"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>968</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="601" name="imageA969" descr="imageA969"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId601"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>969</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="602" name="imageA970" descr="imageA970"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId602"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>970</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="603" name="imageA971" descr="imageA971"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId603"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>971</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="604" name="imageA972" descr="imageA972"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId604"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>972</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="605" name="imageA973" descr="imageA973"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId605"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>973</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="606" name="imageA974" descr="imageA974"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId606"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>974</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10001250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="607" name="imageA975" descr="imageA975"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId607"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>975</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="608" name="imageA976" descr="imageA976"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId608"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>976</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="609" name="imageA977" descr="imageA977"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId609"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>977</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="610" name="imageA978" descr="imageA978"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId610"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>978</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="611" name="imageA979" descr="imageA979"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId611"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>979</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="612" name="imageA980" descr="imageA980"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId612"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>980</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="613" name="imageA981" descr="imageA981"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId613"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>981</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="614" name="imageA982" descr="imageA982"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId614"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>982</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="615" name="imageA983" descr="imageA983"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId615"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>983</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="616" name="imageA984" descr="imageA984"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId616"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>984</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="617" name="imageA985" descr="imageA985"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId617"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>985</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="618" name="imageA986" descr="imageA986"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId618"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>986</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="619" name="imageA987" descr="imageA987"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId619"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>987</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="620" name="imageA988" descr="imageA988"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId620"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>988</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="621" name="imageA989" descr="imageA989"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId621"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>989</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="622" name="imageA990" descr="imageA990"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId622"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>990</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="623" name="imageA991" descr="imageA991"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId623"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>991</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="624" name="imageA992" descr="imageA992"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId624"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>992</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="625" name="imageA993" descr="imageA993"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId625"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>993</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="626" name="imageA994" descr="imageA994"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId626"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>994</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="627" name="imageA995" descr="imageA995"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId627"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>995</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="628" name="imageA996" descr="imageA996"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId628"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>996</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="629" name="imageA997" descr="imageA997"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId629"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>997</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="630" name="imageA998" descr="imageA998"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId630"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>999</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="631" name="imageA1000" descr="imageA1000"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId631"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1001</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="632" name="imageA1002" descr="imageA1002"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId632"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1002</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="633" name="imageA1003" descr="imageA1003"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId633"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1003</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="634" name="imageA1004" descr="imageA1004"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId634"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1004</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="635" name="imageA1005" descr="imageA1005"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId635"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1005</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="636" name="imageA1006" descr="imageA1006"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId636"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1006</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="637" name="imageA1007" descr="imageA1007"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId637"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1007</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="638" name="imageA1008" descr="imageA1008"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId638"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1008</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="639" name="imageA1009" descr="imageA1009"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId639"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1009</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="640" name="imageA1010" descr="imageA1010"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId640"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1010</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="641" name="imageA1011" descr="imageA1011"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId641"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1011</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="642" name="imageA1012" descr="imageA1012"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId642"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1012</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="643" name="imageA1013" descr="imageA1013"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId643"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1013</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="644" name="imageA1014" descr="imageA1014"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId644"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1014</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="645" name="imageA1015" descr="imageA1015"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId645"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1015</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="646" name="imageA1016" descr="imageA1016"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId646"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1016</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="647" name="imageA1017" descr="imageA1017"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId647"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1017</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="648" name="imageA1018" descr="imageA1018"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId648"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1018</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="649" name="imageA1019" descr="imageA1019"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId649"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1019</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="650" name="imageA1020" descr="imageA1020"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId650"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1020</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="651" name="imageA1021" descr="imageA1021"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId651"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1021</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="652" name="imageA1022" descr="imageA1022"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId652"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1022</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10001250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="653" name="imageA1023" descr="imageA1023"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId653"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1023</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="654" name="imageA1024" descr="imageA1024"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId654"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1024</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10001250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="655" name="imageA1025" descr="imageA1025"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId655"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1025</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="656" name="imageA1026" descr="imageA1026"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId656"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1031</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="657" name="imageA1032" descr="imageA1032"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId657"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1033</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="658" name="imageA1034" descr="imageA1034"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId658"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1034</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="659" name="imageA1035" descr="imageA1035"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId659"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1036</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="660" name="imageA1037" descr="imageA1037"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId660"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1038</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5000625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="537" name="imageA573" descr="imageA573"/>
-[...23 lines deleted...]
-      <xdr:row>573</xdr:row>
+        <xdr:cNvPr id="661" name="imageA1039" descr="imageA1039"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId661"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1040</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="662" name="imageA1041" descr="imageA1041"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId662"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1044</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="663" name="imageA1045" descr="imageA1045"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId663"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1045</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="664" name="imageA1046" descr="imageA1046"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId664"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1046</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="665" name="imageA1047" descr="imageA1047"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId665"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1047</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="666" name="imageA1048" descr="imageA1048"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId666"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1048</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="667" name="imageA1049" descr="imageA1049"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId667"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1049</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="668" name="imageA1050" descr="imageA1050"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId668"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1050</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="669" name="imageA1051" descr="imageA1051"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId669"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1051</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="670" name="imageA1052" descr="imageA1052"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId670"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1052</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="671" name="imageA1053" descr="imageA1053"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId671"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1053</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="672" name="imageA1054" descr="imageA1054"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId672"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1054</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="673" name="imageA1055" descr="imageA1055"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId673"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1055</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="674" name="imageA1056" descr="imageA1056"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId674"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1057</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="675" name="imageA1058" descr="imageA1058"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId675"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1058</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="676" name="imageA1059" descr="imageA1059"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId676"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1061</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="677" name="imageA1062" descr="imageA1062"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId677"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1062</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="678" name="imageA1063" descr="imageA1063"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId678"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1063</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="679" name="imageA1064" descr="imageA1064"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId679"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1065</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="680" name="imageA1066" descr="imageA1066"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId680"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1066</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="681" name="imageA1067" descr="imageA1067"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId681"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1067</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="682" name="imageA1068" descr="imageA1068"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId682"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1069</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="683" name="imageA1070" descr="imageA1070"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId683"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1070</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="684" name="imageA1071" descr="imageA1071"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId684"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1076</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5000625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="538" name="imageA574" descr="imageA574"/>
-[...23 lines deleted...]
-      <xdr:row>574</xdr:row>
+        <xdr:cNvPr id="685" name="imageA1077" descr="imageA1077"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId685"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1077</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4467225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="686" name="imageA1078" descr="imageA1078"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId686"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1078</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3924300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="687" name="imageA1079" descr="imageA1079"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId687"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1079</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4543425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="688" name="imageA1080" descr="imageA1080"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId688"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1080</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5000625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="539" name="imageA575" descr="imageA575"/>
-[...23 lines deleted...]
-      <xdr:row>575</xdr:row>
+        <xdr:cNvPr id="689" name="imageA1081" descr="imageA1081"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId689"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1082</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2828925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="690" name="imageA1083" descr="imageA1083"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId690"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1083</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4733925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="691" name="imageA1084" descr="imageA1084"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId691"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1084</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4714875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="692" name="imageA1085" descr="imageA1085"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId692"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1085</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4124325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="693" name="imageA1086" descr="imageA1086"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId693"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1086</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4429125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="694" name="imageA1087" descr="imageA1087"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId694"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1087</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4467225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="695" name="imageA1088" descr="imageA1088"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId695"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1088</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4476750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="696" name="imageA1089" descr="imageA1089"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId696"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1089</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="697" name="imageA1090" descr="imageA1090"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId697"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1090</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="698" name="imageA1091" descr="imageA1091"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId698"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1091</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6353175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="699" name="imageA1092" descr="imageA1092"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId699"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1092</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2390775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="700" name="imageA1093" descr="imageA1093"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId700"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1093</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="701" name="imageA1094" descr="imageA1094"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId701"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1094</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4429125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="702" name="imageA1095" descr="imageA1095"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId702"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1095</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5038725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="703" name="imageA1096" descr="imageA1096"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId703"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1097</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="704" name="imageA1098" descr="imageA1098"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId704"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1098</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4124325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="705" name="imageA1099" descr="imageA1099"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId705"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1099</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="706" name="imageA1100" descr="imageA1100"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId706"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1100</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4629150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="707" name="imageA1101" descr="imageA1101"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId707"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1101</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="708" name="imageA1102" descr="imageA1102"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId708"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1102</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="3752850"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="540" name="imageA576" descr="imageA576"/>
-[...23 lines deleted...]
-      <xdr:row>577</xdr:row>
+        <xdr:cNvPr id="709" name="imageA1103" descr="imageA1103"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId709"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1103</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3238500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="710" name="imageA1104" descr="imageA1104"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId710"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1104</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2524125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="711" name="imageA1105" descr="imageA1105"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId711"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1105</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3286125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="712" name="imageA1106" descr="imageA1106"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId712"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1106</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4733925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="713" name="imageA1107" descr="imageA1107"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId713"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1107</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3848100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="714" name="imageA1108" descr="imageA1108"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId714"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1108</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="715" name="imageA1109" descr="imageA1109"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId715"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1109</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3990975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="716" name="imageA1110" descr="imageA1110"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId716"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1110</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5000625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="541" name="imageA578" descr="imageA578"/>
-[...23 lines deleted...]
-      <xdr:row>578</xdr:row>
+        <xdr:cNvPr id="717" name="imageA1111" descr="imageA1111"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId717"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1111</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4429125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="718" name="imageA1112" descr="imageA1112"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId718"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1112</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="4448175"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="542" name="imageA579" descr="imageA579"/>
-[...83 lines deleted...]
-      <xdr:row>582</xdr:row>
+        <xdr:cNvPr id="719" name="imageA1113" descr="imageA1113"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId719"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1113</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6667500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="720" name="imageA1114" descr="imageA1114"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId720"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1114</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5000625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="545" name="imageA583" descr="imageA583"/>
-[...23 lines deleted...]
-      <xdr:row>583</xdr:row>
+        <xdr:cNvPr id="721" name="imageA1115" descr="imageA1115"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId721"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1115</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="722" name="imageA1116" descr="imageA1116"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId722"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1116</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4981575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="723" name="imageA1117" descr="imageA1117"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId723"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1117</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="1495425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="724" name="imageA1118" descr="imageA1118"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId724"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1118</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="725" name="imageA1119" descr="imageA1119"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId725"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1120</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="726" name="imageA1121" descr="imageA1121"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId726"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1121</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7334250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="727" name="imageA1122" descr="imageA1122"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId727"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1122</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5124450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="728" name="imageA1123" descr="imageA1123"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId728"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1123</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="729" name="imageA1124" descr="imageA1124"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId729"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1125</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3743325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="730" name="imageA1126" descr="imageA1126"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId730"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1126</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="731" name="imageA1127" descr="imageA1127"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId731"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1127</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="732" name="imageA1128" descr="imageA1128"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId732"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1128</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="733" name="imageA1129" descr="imageA1129"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId733"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1129</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="734" name="imageA1130" descr="imageA1130"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId734"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1130</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4981575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="735" name="imageA1131" descr="imageA1131"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId735"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1131</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="736" name="imageA1132" descr="imageA1132"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId736"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1132</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2019300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="737" name="imageA1133" descr="imageA1133"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId737"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1133</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="738" name="imageA1134" descr="imageA1134"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId738"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1134</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="739" name="imageA1135" descr="imageA1135"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId739"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1135</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4419600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="740" name="imageA1136" descr="imageA1136"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId740"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1136</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2266950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="741" name="imageA1137" descr="imageA1137"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId741"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1137</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3676650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="742" name="imageA1138" descr="imageA1138"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId742"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1138</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3752850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="743" name="imageA1139" descr="imageA1139"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId743"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1139</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="13535025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="744" name="imageA1140" descr="imageA1140"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId744"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1140</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="745" name="imageA1141" descr="imageA1141"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId745"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1141</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6667500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="746" name="imageA1142" descr="imageA1142"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId746"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1142</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6667500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="747" name="imageA1143" descr="imageA1143"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId747"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1143</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="1362075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="748" name="imageA1144" descr="imageA1144"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId748"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1144</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="749" name="imageA1145" descr="imageA1145"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId749"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1145</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8629650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="750" name="imageA1146" descr="imageA1146"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId750"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1146</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8886825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="546" name="imageA584" descr="imageA584"/>
-[...53 lines deleted...]
-      <xdr:row>589</xdr:row>
+        <xdr:cNvPr id="751" name="imageA1147" descr="imageA1147"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId751"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1147</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2933700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="752" name="imageA1148" descr="imageA1148"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId752"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1148</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="753" name="imageA1149" descr="imageA1149"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId753"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1149</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="754" name="imageA1150" descr="imageA1150"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId754"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1150</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3933825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="755" name="imageA1151" descr="imageA1151"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId755"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1151</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6477000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="756" name="imageA1152" descr="imageA1152"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId756"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1152</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8629650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="757" name="imageA1153" descr="imageA1153"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId757"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1153</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2981325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="758" name="imageA1154" descr="imageA1154"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId758"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1154</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="1714500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="759" name="imageA1155" descr="imageA1155"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId759"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1155</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="760" name="imageA1156" descr="imageA1156"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId760"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1156</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4238625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="761" name="imageA1157" descr="imageA1157"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId761"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1157</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="762" name="imageA1158" descr="imageA1158"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId762"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1158</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="763" name="imageA1159" descr="imageA1159"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId763"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1159</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="764" name="imageA1160" descr="imageA1160"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId764"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1160</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4095750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="765" name="imageA1161" descr="imageA1161"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId765"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1161</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="766" name="imageA1162" descr="imageA1162"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId766"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1162</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="767" name="imageA1163" descr="imageA1163"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId767"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1163</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="768" name="imageA1164" descr="imageA1164"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId768"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1164</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3609975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="769" name="imageA1165" descr="imageA1165"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId769"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1165</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3648075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="770" name="imageA1166" descr="imageA1166"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId770"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1166</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6591300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="771" name="imageA1167" descr="imageA1167"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId771"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1167</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4981575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="772" name="imageA1168" descr="imageA1168"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId772"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1168</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="773" name="imageA1169" descr="imageA1169"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId773"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1169</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3124200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="774" name="imageA1170" descr="imageA1170"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId774"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1170</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8734425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="775" name="imageA1171" descr="imageA1171"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId775"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1171</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="776" name="imageA1172" descr="imageA1172"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId776"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1172</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6667500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="777" name="imageA1173" descr="imageA1173"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId777"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1173</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="1962150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="778" name="imageA1174" descr="imageA1174"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId778"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1174</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6667500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="779" name="imageA1175" descr="imageA1175"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId779"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1175</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="780" name="imageA1176" descr="imageA1176"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId780"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1176</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2171700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="781" name="imageA1177" descr="imageA1177"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId781"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1177</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="782" name="imageA1178" descr="imageA1178"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId782"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1178</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6867525"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="783" name="imageA1179" descr="imageA1179"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId783"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1179</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4410075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="784" name="imageA1180" descr="imageA1180"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId784"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1180</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6667500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="785" name="imageA1181" descr="imageA1181"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId785"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1181</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4857750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="786" name="imageA1182" descr="imageA1182"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId786"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1182</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3505200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="787" name="imageA1183" descr="imageA1183"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId787"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1183</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4543425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="788" name="imageA1184" descr="imageA1184"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId788"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1184</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="789" name="imageA1185" descr="imageA1185"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId789"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1185</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5905500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="790" name="imageA1186" descr="imageA1186"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId790"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1186</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="791" name="imageA1187" descr="imageA1187"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId791"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1187</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2552700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="792" name="imageA1188" descr="imageA1188"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId792"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1188</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2809875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="793" name="imageA1189" descr="imageA1189"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId793"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1189</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4429125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="794" name="imageA1190" descr="imageA1190"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId794"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1190</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="795" name="imageA1191" descr="imageA1191"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId795"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1191</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="796" name="imageA1192" descr="imageA1192"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId796"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1192</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="797" name="imageA1193" descr="imageA1193"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId797"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1193</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="1724025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="798" name="imageA1194" descr="imageA1194"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId798"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1194</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="799" name="imageA1195" descr="imageA1195"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId799"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1195</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="800" name="imageA1196" descr="imageA1196"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId800"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1196</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="801" name="imageA1197" descr="imageA1197"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId801"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1197</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7410450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="802" name="imageA1198" descr="imageA1198"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId802"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1198</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="803" name="imageA1199" descr="imageA1199"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId803"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1199</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="804" name="imageA1200" descr="imageA1200"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId804"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1200</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="805" name="imageA1201" descr="imageA1201"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId805"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1201</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6276975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="806" name="imageA1202" descr="imageA1202"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId806"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1202</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5153025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="807" name="imageA1203" descr="imageA1203"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId807"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1203</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4210050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="808" name="imageA1204" descr="imageA1204"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId808"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1204</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="809" name="imageA1205" descr="imageA1205"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId809"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1205</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="1466850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="810" name="imageA1206" descr="imageA1206"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId810"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1206</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="811" name="imageA1207" descr="imageA1207"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId811"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1207</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="812" name="imageA1208" descr="imageA1208"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId812"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1208</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="813" name="imageA1209" descr="imageA1209"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId813"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1209</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3400425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="814" name="imageA1210" descr="imageA1210"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId814"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1210</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="815" name="imageA1211" descr="imageA1211"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId815"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1211</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10001250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="816" name="imageA1212" descr="imageA1212"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId816"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1212</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="817" name="imageA1213" descr="imageA1213"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId817"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1213</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="818" name="imageA1214" descr="imageA1214"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId818"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1214</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="819" name="imageA1215" descr="imageA1215"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId819"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1215</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="820" name="imageA1216" descr="imageA1216"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId820"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1216</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="821" name="imageA1217" descr="imageA1217"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId821"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1217</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="822" name="imageA1218" descr="imageA1218"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId822"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1218</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="823" name="imageA1219" descr="imageA1219"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId823"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1219</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="824" name="imageA1220" descr="imageA1220"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId824"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1220</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="825" name="imageA1221" descr="imageA1221"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId825"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1221</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="826" name="imageA1222" descr="imageA1222"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId826"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1222</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="827" name="imageA1223" descr="imageA1223"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId827"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1223</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="828" name="imageA1224" descr="imageA1224"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId828"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1224</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="829" name="imageA1225" descr="imageA1225"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId829"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1225</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4791075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="830" name="imageA1226" descr="imageA1226"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId830"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1226</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="831" name="imageA1227" descr="imageA1227"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId831"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1227</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="832" name="imageA1228" descr="imageA1228"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId832"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1228</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="833" name="imageA1229" descr="imageA1229"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId833"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1229</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="834" name="imageA1230" descr="imageA1230"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId834"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1230</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="835" name="imageA1231" descr="imageA1231"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId835"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1231</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="836" name="imageA1232" descr="imageA1232"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId836"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1232</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4572000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="837" name="imageA1233" descr="imageA1233"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId837"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1233</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="838" name="imageA1234" descr="imageA1234"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId838"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1234</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4543425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="839" name="imageA1235" descr="imageA1235"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId839"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1235</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4648200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="840" name="imageA1236" descr="imageA1236"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId840"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1236</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4524375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="841" name="imageA1237" descr="imageA1237"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId841"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1237</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="842" name="imageA1238" descr="imageA1238"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId842"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1238</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4562475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="843" name="imageA1239" descr="imageA1239"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId843"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1239</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="844" name="imageA1240" descr="imageA1240"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId844"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1240</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="845" name="imageA1241" descr="imageA1241"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId845"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1241</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="846" name="imageA1242" descr="imageA1242"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId846"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1242</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="847" name="imageA1243" descr="imageA1243"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId847"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1243</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="848" name="imageA1244" descr="imageA1244"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId848"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1244</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="849" name="imageA1245" descr="imageA1245"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId849"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1245</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="850" name="imageA1246" descr="imageA1246"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId850"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1246</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="851" name="imageA1247" descr="imageA1247"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId851"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1247</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="852" name="imageA1248" descr="imageA1248"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId852"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1248</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="853" name="imageA1249" descr="imageA1249"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId853"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1249</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="854" name="imageA1250" descr="imageA1250"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId854"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1250</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="855" name="imageA1251" descr="imageA1251"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId855"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1251</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="856" name="imageA1252" descr="imageA1252"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId856"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1252</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="857" name="imageA1253" descr="imageA1253"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId857"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1253</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="858" name="imageA1254" descr="imageA1254"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId858"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1254</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="859" name="imageA1255" descr="imageA1255"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId859"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1255</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="860" name="imageA1256" descr="imageA1256"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId860"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1256</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="861" name="imageA1257" descr="imageA1257"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId861"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1257</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="862" name="imageA1258" descr="imageA1258"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId862"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1258</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="863" name="imageA1259" descr="imageA1259"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId863"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1259</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="864" name="imageA1260" descr="imageA1260"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId864"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1260</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6667500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="865" name="imageA1261" descr="imageA1261"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId865"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1261</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4448175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="866" name="imageA1262" descr="imageA1262"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId866"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1262</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="867" name="imageA1263" descr="imageA1263"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId867"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1263</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="868" name="imageA1264" descr="imageA1264"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId868"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1264</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="869" name="imageA1265" descr="imageA1265"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId869"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1265</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="870" name="imageA1266" descr="imageA1266"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId870"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1266</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="871" name="imageA1267" descr="imageA1267"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId871"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1267</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="872" name="imageA1268" descr="imageA1268"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId872"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1268</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="873" name="imageA1269" descr="imageA1269"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId873"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1269</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="874" name="imageA1270" descr="imageA1270"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId874"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1270</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="875" name="imageA1271" descr="imageA1271"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId875"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1271</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="876" name="imageA1272" descr="imageA1272"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId876"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1272</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="877" name="imageA1273" descr="imageA1273"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId877"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1273</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="878" name="imageA1274" descr="imageA1274"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId878"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1274</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3838575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="879" name="imageA1275" descr="imageA1275"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId879"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1275</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10534650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="880" name="imageA1276" descr="imageA1276"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId880"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1276</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="881" name="imageA1277" descr="imageA1277"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId881"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1277</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="882" name="imageA1278" descr="imageA1278"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId882"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1278</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="883" name="imageA1279" descr="imageA1279"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId883"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1279</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10020300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="884" name="imageA1280" descr="imageA1280"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId884"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1280</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="885" name="imageA1281" descr="imageA1281"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId885"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1281</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="886" name="imageA1282" descr="imageA1282"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId886"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1282</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="887" name="imageA1283" descr="imageA1283"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId887"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1283</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="888" name="imageA1284" descr="imageA1284"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId888"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1284</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="889" name="imageA1285" descr="imageA1285"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId889"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1285</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="890" name="imageA1286" descr="imageA1286"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId890"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1286</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="891" name="imageA1287" descr="imageA1287"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId891"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1287</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2047875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="892" name="imageA1288" descr="imageA1288"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId892"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1288</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="8886825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="893" name="imageA1289" descr="imageA1289"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId893"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1289</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6667500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="894" name="imageA1290" descr="imageA1290"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId894"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1290</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3781425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="895" name="imageA1291" descr="imageA1291"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId895"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1291</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2762250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="896" name="imageA1292" descr="imageA1292"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId896"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1292</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2162175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="897" name="imageA1293" descr="imageA1293"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId897"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1293</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2200275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="898" name="imageA1294" descr="imageA1294"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId898"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1294</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2943225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="899" name="imageA1295" descr="imageA1295"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId899"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1295</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4219575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="900" name="imageA1296" descr="imageA1296"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId900"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1296</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3238500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="901" name="imageA1297" descr="imageA1297"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId901"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1297</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4972050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="902" name="imageA1298" descr="imageA1298"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId902"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1298</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2438400"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="903" name="imageA1299" descr="imageA1299"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId903"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1299</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5191125"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="904" name="imageA1300" descr="imageA1300"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId904"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1300</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4629150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="905" name="imageA1301" descr="imageA1301"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId905"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1301</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6743700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="906" name="imageA1302" descr="imageA1302"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId906"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1302</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2724150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="907" name="imageA1303" descr="imageA1303"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId907"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1303</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4981575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="908" name="imageA1304" descr="imageA1304"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId908"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1304</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7324725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="909" name="imageA1305" descr="imageA1305"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId909"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1305</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3695700"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="910" name="imageA1306" descr="imageA1306"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId910"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1306</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="10887075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="911" name="imageA1307" descr="imageA1307"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId911"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1307</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3409950"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="912" name="imageA1308" descr="imageA1308"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId912"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1308</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3562350"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="913" name="imageA1309" descr="imageA1309"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId913"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1309</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3219450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="914" name="imageA1310" descr="imageA1310"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId914"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1310</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="915" name="imageA1311" descr="imageA1311"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId915"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1311</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3019425"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="916" name="imageA1312" descr="imageA1312"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId916"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1312</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2562225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="917" name="imageA1313" descr="imageA1313"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId917"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1313</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="918" name="imageA1314" descr="imageA1314"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId918"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1314</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6667500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="919" name="imageA1315" descr="imageA1315"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId919"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1315</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5876925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="920" name="imageA1316" descr="imageA1316"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId920"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1316</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="921" name="imageA1317" descr="imageA1317"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId921"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1317</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2600325"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="922" name="imageA1318" descr="imageA1318"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId922"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1318</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2466975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="923" name="imageA1319" descr="imageA1319"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId923"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1319</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4991100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="924" name="imageA1320" descr="imageA1320"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId924"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1320</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3209925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="925" name="imageA1321" descr="imageA1321"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId925"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1321</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3752850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="926" name="imageA1322" descr="imageA1322"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId926"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1322</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3600450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="927" name="imageA1323" descr="imageA1323"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId927"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1323</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2886075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="928" name="imageA1324" descr="imageA1324"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId928"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1324</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3009900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="929" name="imageA1325" descr="imageA1325"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId929"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1325</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="9420225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="930" name="imageA1326" descr="imageA1326"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId930"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1326</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3848100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="931" name="imageA1327" descr="imageA1327"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId931"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1327</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3629025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="932" name="imageA1328" descr="imageA1328"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId932"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1328</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2714625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="933" name="imageA1329" descr="imageA1329"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId933"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1329</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7334250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="934" name="imageA1330" descr="imageA1330"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId934"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1330</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4019550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="935" name="imageA1331" descr="imageA1331"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId935"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1331</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2809875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="936" name="imageA1332" descr="imageA1332"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId936"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1332</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="7677150"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="937" name="imageA1333" descr="imageA1333"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId937"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1333</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3190875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="938" name="imageA1334" descr="imageA1334"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId938"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1334</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="3733800"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="548" name="imageA590" descr="imageA590"/>
-[...23 lines deleted...]
-      <xdr:row>590</xdr:row>
+        <xdr:cNvPr id="939" name="imageA1335" descr="imageA1335"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId939"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1335</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3000375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="940" name="imageA1336" descr="imageA1336"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId940"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1336</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5000625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="549" name="imageA591" descr="imageA591"/>
-[...23 lines deleted...]
-      <xdr:row>593</xdr:row>
+        <xdr:cNvPr id="941" name="imageA1337" descr="imageA1337"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId941"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1337</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="942" name="imageA1338" descr="imageA1338"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId942"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1338</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2733675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="943" name="imageA1339" descr="imageA1339"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId943"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1339</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3552825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="944" name="imageA1340" descr="imageA1340"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId944"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1340</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4438650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="945" name="imageA1341" descr="imageA1341"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId945"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1341</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3648075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="946" name="imageA1342" descr="imageA1342"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId946"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1342</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="947" name="imageA1343" descr="imageA1343"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId947"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1343</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3552825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="948" name="imageA1344" descr="imageA1344"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId948"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1344</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3752850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="949" name="imageA1345" descr="imageA1345"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId949"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1345</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3771900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="950" name="imageA1346" descr="imageA1346"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId950"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1346</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2238375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="951" name="imageA1347" descr="imageA1347"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId951"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1347</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="952" name="imageA1348" descr="imageA1348"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId952"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1348</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2609850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="953" name="imageA1349" descr="imageA1349"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId953"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1349</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2190750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="954" name="imageA1350" descr="imageA1350"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId954"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1350</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="955" name="imageA1351" descr="imageA1351"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId955"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1351</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6467475"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="956" name="imageA1352" descr="imageA1352"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId956"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1352</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3467100"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="957" name="imageA1353" descr="imageA1353"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId957"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1353</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="958" name="imageA1354" descr="imageA1354"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId958"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1354</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2952750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="959" name="imageA1355" descr="imageA1355"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId959"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1355</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4800600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="960" name="imageA1356" descr="imageA1356"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId960"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1356</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3228975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="961" name="imageA1357" descr="imageA1357"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId961"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1357</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3067050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="962" name="imageA1358" descr="imageA1358"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId962"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1358</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6096000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="963" name="imageA1359" descr="imageA1359"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId963"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1359</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3752850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="964" name="imageA1360" descr="imageA1360"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId964"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1360</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="965" name="imageA1361" descr="imageA1361"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId965"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1361</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="4095750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="966" name="imageA1362" descr="imageA1362"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId966"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1362</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="967" name="imageA1363" descr="imageA1363"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId967"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1363</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="968" name="imageA1364" descr="imageA1364"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId968"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1364</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="969" name="imageA1365" descr="imageA1365"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId969"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1365</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3600450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="970" name="imageA1366" descr="imageA1366"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId970"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1366</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="971" name="imageA1367" descr="imageA1367"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId971"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1367</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="5000625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="972" name="imageA1368" descr="imageA1368"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId972"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1368</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="2771775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="973" name="imageA1369" descr="imageA1369"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId973"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1369</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="6438900"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="974" name="imageA1370" descr="imageA1370"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId974"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1370</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3305175"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="975" name="imageA1371" descr="imageA1371"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId975"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1371</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="8886825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="550" name="imageA594" descr="imageA594"/>
-[...113 lines deleted...]
-      <xdr:row>599</xdr:row>
+        <xdr:cNvPr id="976" name="imageA1372" descr="imageA1372"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId976"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1372</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6667500" cy="3914775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="977" name="imageA1373" descr="imageA1373"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId977"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>1373</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6667500" cy="5000625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="554" name="imageA600" descr="imageA600"/>
-[...12575 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId973"/>
+        <xdr:cNvPr id="978" name="imageA1374" descr="imageA1374"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId978"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -36042,51 +36261,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z1364"/>
+  <dimension ref="A1:Z1382"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="94" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.141357" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
@@ -40610,5700 +40829,5801 @@
       <c r="B563" t="s">
         <v>866</v>
       </c>
       <c r="C563" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="564" spans="1:26" customHeight="1" ht="793">
       <c r="A564"/>
       <c r="B564" t="s">
         <v>868</v>
       </c>
       <c r="C564" t="s">
         <v>869</v>
       </c>
     </row>
     <row r="565" spans="1:26" customHeight="1" ht="342">
       <c r="A565"/>
       <c r="B565" t="s">
         <v>870</v>
       </c>
       <c r="C565" t="s">
         <v>871</v>
       </c>
     </row>
-    <row r="566" spans="1:26">
+    <row r="566" spans="1:26" customHeight="1" ht="793">
+      <c r="A566"/>
       <c r="B566" t="s">
         <v>872</v>
       </c>
     </row>
-    <row r="567" spans="1:26" customHeight="1" ht="793">
+    <row r="567" spans="1:26" customHeight="1" ht="396">
       <c r="A567"/>
       <c r="B567" t="s">
         <v>873</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A568"/>
+      <c r="C567" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="568" spans="1:26">
       <c r="B568" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="C568" t="s">
-        <v>875</v>
-[...2 lines deleted...]
-    <row r="569" spans="1:26">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="569" spans="1:26" customHeight="1" ht="747">
+      <c r="A569"/>
       <c r="B569" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C569" t="s">
-        <v>877</v>
-[...2 lines deleted...]
-    <row r="570" spans="1:26" customHeight="1" ht="747">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="570" spans="1:26" customHeight="1" ht="590">
       <c r="A570"/>
       <c r="B570" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C570" t="s">
-        <v>879</v>
-[...2 lines deleted...]
-    <row r="571" spans="1:26" customHeight="1" ht="590">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="571" spans="1:26" customHeight="1" ht="396">
       <c r="A571"/>
       <c r="B571" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="C571" t="s">
-        <v>881</v>
-[...2 lines deleted...]
-    <row r="572" spans="1:26" customHeight="1" ht="396">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="572" spans="1:26" customHeight="1" ht="446">
       <c r="A572"/>
       <c r="B572" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="C572" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
     </row>
     <row r="573" spans="1:26" customHeight="1" ht="446">
       <c r="A573"/>
       <c r="B573" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C573" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
     </row>
     <row r="574" spans="1:26" customHeight="1" ht="446">
       <c r="A574"/>
       <c r="B574" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="C574" t="s">
-        <v>887</v>
-[...2 lines deleted...]
-    <row r="575" spans="1:26" customHeight="1" ht="446">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="575" spans="1:26" customHeight="1" ht="334">
       <c r="A575"/>
       <c r="B575" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C575" t="s">
-        <v>889</v>
-[...3 lines deleted...]
-      <c r="A576"/>
+        <v>890</v>
+      </c>
+    </row>
+    <row r="576" spans="1:26">
       <c r="B576" t="s">
-        <v>890</v>
-[...1 lines deleted...]
-      <c r="C576" t="s">
         <v>891</v>
       </c>
     </row>
-    <row r="577" spans="1:26">
+    <row r="577" spans="1:26" customHeight="1" ht="446">
+      <c r="A577"/>
       <c r="B577" t="s">
         <v>892</v>
       </c>
-    </row>
-    <row r="578" spans="1:26" customHeight="1" ht="446">
+      <c r="C577" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="578" spans="1:26" customHeight="1" ht="396">
       <c r="A578"/>
       <c r="B578" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="C578" t="s">
-        <v>894</v>
-[...3 lines deleted...]
-      <c r="A579"/>
+        <v>895</v>
+      </c>
+    </row>
+    <row r="579" spans="1:26">
       <c r="B579" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C579" t="s">
-        <v>896</v>
-[...2 lines deleted...]
-    <row r="580" spans="1:26">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="580" spans="1:26" customHeight="1" ht="883">
+      <c r="A580"/>
       <c r="B580" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C580" t="s">
-        <v>898</v>
-[...2 lines deleted...]
-    <row r="581" spans="1:26" customHeight="1" ht="883">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="581" spans="1:26" customHeight="1" ht="404">
       <c r="A581"/>
       <c r="B581" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="C581" t="s">
-        <v>900</v>
-[...2 lines deleted...]
-    <row r="582" spans="1:26" customHeight="1" ht="404">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="582" spans="1:26" customHeight="1" ht="446">
       <c r="A582"/>
       <c r="B582" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="C582" t="s">
-        <v>902</v>
-[...2 lines deleted...]
-    <row r="583" spans="1:26" customHeight="1" ht="446">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="583" spans="1:26" customHeight="1" ht="793">
       <c r="A583"/>
       <c r="B583" t="s">
-        <v>903</v>
-[...1 lines deleted...]
-      <c r="C583" t="s">
         <v>904</v>
       </c>
     </row>
-    <row r="584" spans="1:26" customHeight="1" ht="793">
-      <c r="A584"/>
+    <row r="584" spans="1:26">
       <c r="B584" t="s">
         <v>905</v>
       </c>
     </row>
     <row r="585" spans="1:26">
       <c r="B585" t="s">
         <v>906</v>
       </c>
     </row>
-    <row r="586" spans="1:26">
+    <row r="586" spans="1:26" customHeight="1" ht="274">
+      <c r="A586"/>
       <c r="B586" t="s">
         <v>907</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A587"/>
+      <c r="C586" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="587" spans="1:26">
       <c r="B587" t="s">
-        <v>908</v>
-[...1 lines deleted...]
-      <c r="C587" t="s">
         <v>909</v>
       </c>
     </row>
     <row r="588" spans="1:26">
       <c r="B588" t="s">
         <v>910</v>
       </c>
     </row>
-    <row r="589" spans="1:26">
+    <row r="589" spans="1:26" customHeight="1" ht="333">
+      <c r="A589"/>
       <c r="B589" t="s">
         <v>911</v>
       </c>
-    </row>
-    <row r="590" spans="1:26" customHeight="1" ht="333">
+      <c r="C589" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="590" spans="1:26" customHeight="1" ht="446">
       <c r="A590"/>
       <c r="B590" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C590" t="s">
-        <v>913</v>
-[...3 lines deleted...]
-      <c r="A591"/>
+        <v>914</v>
+      </c>
+    </row>
+    <row r="591" spans="1:26">
       <c r="B591" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="C591" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
     </row>
     <row r="592" spans="1:26">
       <c r="B592" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C592" t="s">
-        <v>917</v>
-[...2 lines deleted...]
-    <row r="593" spans="1:26">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="593" spans="1:26" customHeight="1" ht="793">
+      <c r="A593"/>
       <c r="B593" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C593" t="s">
-        <v>919</v>
-[...2 lines deleted...]
-    <row r="594" spans="1:26" customHeight="1" ht="793">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="594" spans="1:26" customHeight="1" ht="892">
       <c r="A594"/>
       <c r="B594" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C594" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
     </row>
     <row r="595" spans="1:26" customHeight="1" ht="892">
       <c r="A595"/>
       <c r="B595" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C595" t="s">
-        <v>923</v>
-[...3 lines deleted...]
-      <c r="A596"/>
+        <v>924</v>
+      </c>
+    </row>
+    <row r="596" spans="1:26">
       <c r="B596" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C596" t="s">
-        <v>925</v>
-[...2 lines deleted...]
-    <row r="597" spans="1:26">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="597" spans="1:26" customHeight="1" ht="793">
+      <c r="A597"/>
       <c r="B597" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C597" t="s">
-        <v>927</v>
-[...2 lines deleted...]
-    <row r="598" spans="1:26" customHeight="1" ht="793">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="598" spans="1:26" customHeight="1" ht="396">
       <c r="A598"/>
       <c r="B598" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="C598" t="s">
-        <v>929</v>
-[...2 lines deleted...]
-    <row r="599" spans="1:26">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="599" spans="1:26" customHeight="1" ht="595">
+      <c r="A599"/>
       <c r="B599" t="s">
-        <v>930</v>
-[...2 lines deleted...]
-    <row r="600" spans="1:26" customHeight="1" ht="446">
+        <v>931</v>
+      </c>
+      <c r="C599" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="600" spans="1:26" customHeight="1" ht="595">
       <c r="A600"/>
       <c r="B600" t="s">
-        <v>931</v>
-[...2 lines deleted...]
-    <row r="601" spans="1:26" customHeight="1" ht="542">
+        <v>933</v>
+      </c>
+      <c r="C600" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="601" spans="1:26" customHeight="1" ht="446">
       <c r="A601"/>
       <c r="B601" t="s">
-        <v>932</v>
+        <v>935</v>
+      </c>
+      <c r="C601" t="s">
+        <v>936</v>
       </c>
     </row>
     <row r="602" spans="1:26">
       <c r="B602" t="s">
-        <v>933</v>
-[...2 lines deleted...]
-    <row r="603" spans="1:26" customHeight="1" ht="889">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="603" spans="1:26" customHeight="1" ht="446">
       <c r="A603"/>
       <c r="B603" t="s">
-        <v>934</v>
-[...5 lines deleted...]
-    <row r="604" spans="1:26">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="604" spans="1:26" customHeight="1" ht="542">
+      <c r="A604"/>
       <c r="B604" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
     </row>
     <row r="605" spans="1:26">
       <c r="B605" t="s">
-        <v>937</v>
-[...2 lines deleted...]
-    <row r="606" spans="1:26">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="606" spans="1:26" customHeight="1" ht="889">
+      <c r="A606"/>
       <c r="B606" t="s">
-        <v>938</v>
+        <v>941</v>
+      </c>
+      <c r="C606" t="s">
+        <v>942</v>
       </c>
     </row>
     <row r="607" spans="1:26">
       <c r="B607" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
     </row>
     <row r="608" spans="1:26">
       <c r="B608" t="s">
-        <v>940</v>
-[...2 lines deleted...]
-        <v>941</v>
+        <v>944</v>
       </c>
     </row>
     <row r="609" spans="1:26">
       <c r="B609" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
     </row>
     <row r="610" spans="1:26">
       <c r="B610" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
     </row>
     <row r="611" spans="1:26">
       <c r="B611" t="s">
-        <v>944</v>
+        <v>947</v>
+      </c>
+      <c r="C611" t="s">
+        <v>948</v>
       </c>
     </row>
     <row r="612" spans="1:26">
       <c r="B612" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="B613" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="B614" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="B615" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="B616" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="B617" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="B618" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="B619" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="B620" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="B621" t="s">
-        <v>954</v>
-[...2 lines deleted...]
-        <v>955</v>
+        <v>958</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="B622" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="B623" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="B624" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="B625" t="s">
-        <v>959</v>
-[...2 lines deleted...]
-        <v>960</v>
+        <v>962</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="B626" t="s">
-        <v>961</v>
+        <v>963</v>
+      </c>
+      <c r="C626" t="s">
+        <v>964</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="B627" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="B628" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="B629" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="B630" t="s">
-        <v>965</v>
+        <v>968</v>
+      </c>
+      <c r="C630" t="s">
+        <v>969</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="B631" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="B632" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-        <v>968</v>
+        <v>971</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="B633" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="B634" t="s">
-        <v>970</v>
-[...2 lines deleted...]
-        <v>971</v>
+        <v>973</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="B635" t="s">
-        <v>972</v>
-[...6 lines deleted...]
-      <c r="A636"/>
+        <v>974</v>
+      </c>
+    </row>
+    <row r="636" spans="1:26">
       <c r="B636" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="B637" t="s">
-        <v>975</v>
-[...2 lines deleted...]
-    <row r="638" spans="1:26">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="638" spans="1:26" customHeight="1" ht="268">
+      <c r="A638"/>
       <c r="B638" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="B639" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="B640" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="B641" t="s">
-        <v>979</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>980</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="B642" t="s">
-        <v>980</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>981</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="B643" t="s">
-        <v>981</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>982</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="B644" t="s">
-        <v>982</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>983</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="B645" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="B646" t="s">
-        <v>984</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>985</v>
       </c>
     </row>
     <row r="647" spans="1:26">
       <c r="B647" t="s">
-        <v>985</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>986</v>
       </c>
     </row>
     <row r="648" spans="1:26">
       <c r="B648" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
     </row>
     <row r="649" spans="1:26">
       <c r="B649" t="s">
-        <v>987</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>988</v>
       </c>
     </row>
     <row r="650" spans="1:26">
       <c r="B650" t="s">
-        <v>988</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>989</v>
       </c>
     </row>
     <row r="651" spans="1:26">
       <c r="B651" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
     </row>
     <row r="652" spans="1:26">
       <c r="B652" t="s">
-        <v>990</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>991</v>
       </c>
     </row>
     <row r="653" spans="1:26">
       <c r="B653" t="s">
-        <v>991</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>992</v>
       </c>
     </row>
     <row r="654" spans="1:26">
       <c r="B654" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
     </row>
     <row r="655" spans="1:26">
       <c r="B655" t="s">
-        <v>993</v>
-[...5 lines deleted...]
-    <row r="656" spans="1:26">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="656" spans="1:26" customHeight="1" ht="470">
+      <c r="A656"/>
       <c r="B656" t="s">
-        <v>994</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>995</v>
       </c>
     </row>
     <row r="657" spans="1:26">
       <c r="B657" t="s">
-        <v>995</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>996</v>
       </c>
     </row>
     <row r="658" spans="1:26">
       <c r="B658" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
     </row>
     <row r="659" spans="1:26">
       <c r="B659" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="C659">
         <v>1</v>
       </c>
     </row>
     <row r="660" spans="1:26">
       <c r="B660" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="C660">
         <v>1</v>
       </c>
     </row>
     <row r="661" spans="1:26">
       <c r="B661" t="s">
-        <v>999</v>
+        <v>1000</v>
+      </c>
+      <c r="C661">
+        <v>1</v>
       </c>
     </row>
     <row r="662" spans="1:26">
       <c r="B662" t="s">
-        <v>1000</v>
+        <v>1001</v>
+      </c>
+      <c r="C662">
+        <v>1</v>
       </c>
     </row>
     <row r="663" spans="1:26">
       <c r="B663" t="s">
-        <v>1001</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="664" spans="1:26">
       <c r="B664" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C664">
         <v>1</v>
       </c>
     </row>
     <row r="665" spans="1:26">
       <c r="B665" t="s">
-        <v>1003</v>
+        <v>1004</v>
+      </c>
+      <c r="C665">
+        <v>1</v>
       </c>
     </row>
     <row r="666" spans="1:26">
       <c r="B666" t="s">
-        <v>1004</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="667" spans="1:26">
       <c r="B667" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="C667">
         <v>1</v>
       </c>
     </row>
     <row r="668" spans="1:26">
       <c r="B668" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C668">
         <v>1</v>
       </c>
     </row>
     <row r="669" spans="1:26">
       <c r="B669" t="s">
-        <v>1007</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="670" spans="1:26">
       <c r="B670" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C670">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="671" spans="1:26">
       <c r="B671" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C671">
         <v>1</v>
       </c>
     </row>
     <row r="672" spans="1:26">
       <c r="B672" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="673" spans="1:26">
       <c r="B673" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="C673">
         <v>1</v>
       </c>
     </row>
     <row r="674" spans="1:26">
       <c r="B674" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="C674">
         <v>1</v>
       </c>
     </row>
     <row r="675" spans="1:26">
       <c r="B675" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="C675">
         <v>1</v>
       </c>
     </row>
     <row r="676" spans="1:26">
       <c r="B676" t="s">
-        <v>1014</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="677" spans="1:26">
       <c r="B677" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="C677">
         <v>1</v>
       </c>
     </row>
     <row r="678" spans="1:26">
       <c r="B678" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="C678">
         <v>1</v>
       </c>
     </row>
     <row r="679" spans="1:26">
       <c r="B679" t="s">
-        <v>1017</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="680" spans="1:26">
       <c r="B680" t="s">
-        <v>1018</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="681" spans="1:26">
       <c r="B681" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="C681">
         <v>1</v>
       </c>
     </row>
     <row r="682" spans="1:26">
       <c r="B682" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C682">
         <v>1</v>
       </c>
     </row>
     <row r="683" spans="1:26">
       <c r="B683" t="s">
-        <v>1021</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="684" spans="1:26">
       <c r="B684" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="C684">
         <v>1</v>
       </c>
     </row>
     <row r="685" spans="1:26">
       <c r="B685" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="C685">
         <v>1</v>
       </c>
     </row>
     <row r="686" spans="1:26">
       <c r="B686" t="s">
-        <v>1024</v>
+        <v>1025</v>
+      </c>
+      <c r="C686">
+        <v>1</v>
       </c>
     </row>
     <row r="687" spans="1:26">
       <c r="B687" t="s">
-        <v>1025</v>
+        <v>1026</v>
+      </c>
+      <c r="C687">
+        <v>1</v>
       </c>
     </row>
     <row r="688" spans="1:26">
       <c r="B688" t="s">
-        <v>1026</v>
+        <v>1027</v>
+      </c>
+      <c r="C688">
+        <v>1</v>
       </c>
     </row>
     <row r="689" spans="1:26">
       <c r="B689" t="s">
-        <v>1027</v>
+        <v>1028</v>
+      </c>
+      <c r="C689">
+        <v>1</v>
       </c>
     </row>
     <row r="690" spans="1:26">
       <c r="B690" t="s">
-        <v>1028</v>
+        <v>1029</v>
+      </c>
+      <c r="C690">
+        <v>1</v>
       </c>
     </row>
     <row r="691" spans="1:26">
       <c r="B691" t="s">
-        <v>1029</v>
+        <v>1030</v>
+      </c>
+      <c r="C691">
+        <v>1</v>
       </c>
     </row>
     <row r="692" spans="1:26">
       <c r="B692" t="s">
-        <v>1030</v>
+        <v>1031</v>
+      </c>
+      <c r="C692">
+        <v>1</v>
       </c>
     </row>
     <row r="693" spans="1:26">
       <c r="B693" t="s">
-        <v>1031</v>
+        <v>1032</v>
+      </c>
+      <c r="C693">
+        <v>1</v>
       </c>
     </row>
     <row r="694" spans="1:26">
       <c r="B694" t="s">
-        <v>1032</v>
+        <v>1033</v>
+      </c>
+      <c r="C694">
+        <v>1</v>
       </c>
     </row>
     <row r="695" spans="1:26">
       <c r="B695" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="C695">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="696" spans="1:26">
       <c r="B696" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="C696">
         <v>1</v>
       </c>
     </row>
     <row r="697" spans="1:26">
       <c r="B697" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="C697">
         <v>1</v>
       </c>
     </row>
     <row r="698" spans="1:26">
       <c r="B698" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="C698">
         <v>1</v>
       </c>
     </row>
     <row r="699" spans="1:26">
       <c r="B699" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C699">
         <v>1</v>
       </c>
     </row>
     <row r="700" spans="1:26">
       <c r="B700" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="C700">
         <v>1</v>
       </c>
     </row>
     <row r="701" spans="1:26">
       <c r="B701" t="s">
-        <v>1039</v>
+        <v>1040</v>
+      </c>
+      <c r="C701">
+        <v>1</v>
       </c>
     </row>
     <row r="702" spans="1:26">
       <c r="B702" t="s">
-        <v>1040</v>
+        <v>1041</v>
+      </c>
+      <c r="C702">
+        <v>1</v>
       </c>
     </row>
     <row r="703" spans="1:26">
       <c r="B703" t="s">
-        <v>1041</v>
+        <v>1042</v>
+      </c>
+      <c r="C703">
+        <v>1</v>
       </c>
     </row>
     <row r="704" spans="1:26">
       <c r="B704" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="705" spans="1:26">
       <c r="B705" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="706" spans="1:26">
       <c r="B706" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="707" spans="1:26">
       <c r="B707" t="s">
-        <v>1045</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="708" spans="1:26">
       <c r="B708" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="709" spans="1:26">
       <c r="B709" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="710" spans="1:26">
       <c r="B710" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="711" spans="1:26">
       <c r="B711" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="712" spans="1:26">
       <c r="B712" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="713" spans="1:26">
       <c r="B713" t="s">
-        <v>1051</v>
+        <v>1052</v>
+      </c>
+      <c r="C713">
+        <v>2</v>
       </c>
     </row>
     <row r="714" spans="1:26">
       <c r="B714" t="s">
-        <v>1052</v>
+        <v>1053</v>
+      </c>
+      <c r="C714">
+        <v>1</v>
       </c>
     </row>
     <row r="715" spans="1:26">
       <c r="B715" t="s">
-        <v>1053</v>
+        <v>1054</v>
+      </c>
+      <c r="C715">
+        <v>1</v>
       </c>
     </row>
     <row r="716" spans="1:26">
       <c r="B716" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="C716">
         <v>1</v>
       </c>
     </row>
     <row r="717" spans="1:26">
       <c r="B717" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="C717">
         <v>1</v>
       </c>
     </row>
     <row r="718" spans="1:26">
       <c r="B718" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="C718">
         <v>1</v>
       </c>
     </row>
     <row r="719" spans="1:26">
       <c r="B719" t="s">
-        <v>1057</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="720" spans="1:26">
       <c r="B720" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="721" spans="1:26">
       <c r="B721" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="722" spans="1:26">
       <c r="B722" t="s">
-        <v>1060</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="723" spans="1:26">
       <c r="B723" t="s">
-        <v>1061</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="724" spans="1:26">
       <c r="B724" t="s">
-        <v>1062</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="725" spans="1:26">
       <c r="B725" t="s">
-        <v>1063</v>
+        <v>1064</v>
+      </c>
+      <c r="C725">
+        <v>2</v>
       </c>
     </row>
     <row r="726" spans="1:26">
       <c r="B726" t="s">
-        <v>1064</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="727" spans="1:26">
       <c r="B727" t="s">
-        <v>1065</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="728" spans="1:26">
       <c r="B728" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="729" spans="1:26">
       <c r="B729" t="s">
-        <v>1067</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="730" spans="1:26">
       <c r="B730" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="731" spans="1:26">
       <c r="B731" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="732" spans="1:26">
       <c r="B732" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="733" spans="1:26">
       <c r="B733" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="734" spans="1:26">
       <c r="B734" t="s">
-        <v>1072</v>
+        <v>1073</v>
+      </c>
+      <c r="C734">
+        <v>1</v>
       </c>
     </row>
     <row r="735" spans="1:26">
       <c r="B735" t="s">
-        <v>1073</v>
+        <v>1074</v>
+      </c>
+      <c r="C735">
+        <v>1</v>
       </c>
     </row>
     <row r="736" spans="1:26">
       <c r="B736" t="s">
-        <v>1074</v>
+        <v>1075</v>
+      </c>
+      <c r="C736">
+        <v>1</v>
       </c>
     </row>
     <row r="737" spans="1:26">
       <c r="B737" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="C737">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="738" spans="1:26">
       <c r="B738" t="s">
-        <v>1076</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="739" spans="1:26">
       <c r="B739" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="740" spans="1:26">
       <c r="B740" t="s">
-        <v>1078</v>
+        <v>1079</v>
+      </c>
+      <c r="C740">
+        <v>2</v>
       </c>
     </row>
     <row r="741" spans="1:26">
       <c r="B741" t="s">
-        <v>1079</v>
+        <v>1080</v>
+      </c>
+      <c r="C741">
+        <v>1</v>
       </c>
     </row>
     <row r="742" spans="1:26">
       <c r="B742" t="s">
-        <v>1080</v>
+        <v>1081</v>
+      </c>
+      <c r="C742">
+        <v>2</v>
       </c>
     </row>
     <row r="743" spans="1:26">
       <c r="B743" t="s">
-        <v>1081</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="744" spans="1:26">
       <c r="B744" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C744">
         <v>1</v>
       </c>
     </row>
     <row r="745" spans="1:26">
       <c r="B745" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="C745">
         <v>1</v>
       </c>
     </row>
     <row r="746" spans="1:26">
       <c r="B746" t="s">
-        <v>1084</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="747" spans="1:26">
       <c r="B747" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="C747">
         <v>1</v>
       </c>
     </row>
     <row r="748" spans="1:26">
       <c r="B748" t="s">
-        <v>1086</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="749" spans="1:26">
       <c r="B749" t="s">
-        <v>1087</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="750" spans="1:26">
       <c r="B750" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="751" spans="1:26">
       <c r="B751" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="752" spans="1:26">
       <c r="B752" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="753" spans="1:26">
       <c r="B753" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="754" spans="1:26">
       <c r="B754" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="755" spans="1:26">
       <c r="B755" t="s">
-        <v>1093</v>
+        <v>1094</v>
+      </c>
+      <c r="C755">
+        <v>3</v>
       </c>
     </row>
     <row r="756" spans="1:26">
       <c r="B756" t="s">
-        <v>1094</v>
+        <v>1095</v>
+      </c>
+      <c r="C756">
+        <v>2</v>
       </c>
     </row>
     <row r="757" spans="1:26">
       <c r="B757" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="758" spans="1:26">
       <c r="B758" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="759" spans="1:26">
       <c r="B759" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="760" spans="1:26">
       <c r="B760" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="761" spans="1:26">
       <c r="B761" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="C761">
         <v>1</v>
       </c>
     </row>
     <row r="762" spans="1:26">
       <c r="B762" t="s">
-        <v>1100</v>
+        <v>1101</v>
+      </c>
+      <c r="C762">
+        <v>1</v>
       </c>
     </row>
     <row r="763" spans="1:26">
       <c r="B763" t="s">
-        <v>1101</v>
+        <v>1102</v>
+      </c>
+      <c r="C763">
+        <v>1</v>
       </c>
     </row>
     <row r="764" spans="1:26">
       <c r="B764" t="s">
-        <v>1102</v>
+        <v>1103</v>
+      </c>
+      <c r="C764">
+        <v>1</v>
       </c>
     </row>
     <row r="765" spans="1:26">
       <c r="B765" t="s">
-        <v>1103</v>
+        <v>1104</v>
+      </c>
+      <c r="C765">
+        <v>1</v>
       </c>
     </row>
     <row r="766" spans="1:26">
       <c r="B766" t="s">
-        <v>1104</v>
+        <v>1105</v>
+      </c>
+      <c r="C766">
+        <v>1</v>
       </c>
     </row>
     <row r="767" spans="1:26">
       <c r="B767" t="s">
-        <v>1105</v>
+        <v>1106</v>
+      </c>
+      <c r="C767">
+        <v>1</v>
       </c>
     </row>
     <row r="768" spans="1:26">
       <c r="B768" t="s">
-        <v>1106</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="769" spans="1:26">
       <c r="B769" t="s">
-        <v>1107</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="770" spans="1:26">
       <c r="B770" t="s">
-        <v>1108</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="771" spans="1:26">
       <c r="B771" t="s">
-        <v>1109</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="772" spans="1:26">
       <c r="B772" t="s">
-        <v>1110</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="773" spans="1:26">
       <c r="B773" t="s">
-        <v>1111</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="774" spans="1:26">
       <c r="B774" t="s">
-        <v>1112</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="775" spans="1:26">
       <c r="B775" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="776" spans="1:26">
       <c r="B776" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="777" spans="1:26">
       <c r="B777" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="778" spans="1:26">
       <c r="B778" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="779" spans="1:26">
       <c r="B779" t="s">
-        <v>1117</v>
+        <v>1118</v>
+      </c>
+      <c r="C779">
+        <v>1</v>
       </c>
     </row>
     <row r="780" spans="1:26">
       <c r="B780" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="781" spans="1:26">
       <c r="B781" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="782" spans="1:26">
       <c r="B782" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="783" spans="1:26">
       <c r="B783" t="s">
-        <v>1121</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="784" spans="1:26">
       <c r="B784" t="s">
-        <v>1122</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="785" spans="1:26">
       <c r="B785" t="s">
-        <v>1123</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="786" spans="1:26">
       <c r="B786" t="s">
-        <v>1124</v>
+        <v>1125</v>
+      </c>
+      <c r="C786">
+        <v>1</v>
       </c>
     </row>
     <row r="787" spans="1:26">
       <c r="B787" t="s">
-        <v>1125</v>
+        <v>1126</v>
+      </c>
+      <c r="C787">
+        <v>1</v>
       </c>
     </row>
     <row r="788" spans="1:26">
       <c r="B788" t="s">
-        <v>1126</v>
+        <v>1127</v>
+      </c>
+      <c r="C788">
+        <v>1</v>
       </c>
     </row>
     <row r="789" spans="1:26">
       <c r="B789" t="s">
-        <v>1127</v>
+        <v>1128</v>
+      </c>
+      <c r="C789">
+        <v>1</v>
       </c>
     </row>
     <row r="790" spans="1:26">
       <c r="B790" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="C790">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="791" spans="1:26">
       <c r="B791" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="C791">
         <v>1</v>
       </c>
     </row>
     <row r="792" spans="1:26">
       <c r="B792" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="C792">
         <v>1</v>
       </c>
     </row>
     <row r="793" spans="1:26">
       <c r="B793" t="s">
-        <v>1131</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="794" spans="1:26">
       <c r="B794" t="s">
-        <v>1132</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="795" spans="1:26">
       <c r="B795" t="s">
-        <v>1133</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="796" spans="1:26">
       <c r="B796" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="797" spans="1:26">
       <c r="B797" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="798" spans="1:26">
       <c r="B798" t="s">
-        <v>1136</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="799" spans="1:26">
       <c r="B799" t="s">
-        <v>1137</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="800" spans="1:26">
       <c r="B800" t="s">
-        <v>1138</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="801" spans="1:26">
       <c r="B801" t="s">
-        <v>1139</v>
+        <v>1140</v>
+      </c>
+      <c r="C801">
+        <v>1</v>
       </c>
     </row>
     <row r="802" spans="1:26">
       <c r="B802" t="s">
-        <v>1140</v>
+        <v>1141</v>
+      </c>
+      <c r="C802">
+        <v>1</v>
       </c>
     </row>
     <row r="803" spans="1:26">
       <c r="B803" t="s">
-        <v>1141</v>
+        <v>1142</v>
+      </c>
+      <c r="C803">
+        <v>1</v>
       </c>
     </row>
     <row r="804" spans="1:26">
       <c r="B804" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="805" spans="1:26">
       <c r="B805" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="806" spans="1:26">
       <c r="B806" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="807" spans="1:26">
       <c r="B807" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="808" spans="1:26">
       <c r="B808" t="s">
-        <v>1146</v>
+        <v>1147</v>
+      </c>
+      <c r="C808">
+        <v>2</v>
       </c>
     </row>
     <row r="809" spans="1:26">
       <c r="B809" t="s">
-        <v>1147</v>
+        <v>1148</v>
+      </c>
+      <c r="C809">
+        <v>1</v>
       </c>
     </row>
     <row r="810" spans="1:26">
       <c r="B810" t="s">
-        <v>1148</v>
+        <v>1149</v>
+      </c>
+      <c r="C810">
+        <v>1</v>
       </c>
     </row>
     <row r="811" spans="1:26">
       <c r="B811" t="s">
-        <v>1149</v>
+        <v>1150</v>
+      </c>
+      <c r="C811">
+        <v>1</v>
       </c>
     </row>
     <row r="812" spans="1:26">
       <c r="B812" t="s">
-        <v>1150</v>
+        <v>1151</v>
+      </c>
+      <c r="C812">
+        <v>1</v>
       </c>
     </row>
     <row r="813" spans="1:26">
       <c r="B813" t="s">
-        <v>1151</v>
+        <v>1152</v>
+      </c>
+      <c r="C813">
+        <v>1</v>
       </c>
     </row>
     <row r="814" spans="1:26">
       <c r="B814" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="815" spans="1:26">
       <c r="B815" t="s">
-        <v>1153</v>
+        <v>1154</v>
+      </c>
+      <c r="C815">
+        <v>1</v>
       </c>
     </row>
     <row r="816" spans="1:26">
       <c r="B816" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="C816">
         <v>1</v>
       </c>
     </row>
     <row r="817" spans="1:26">
       <c r="B817" t="s">
-        <v>1155</v>
+        <v>1156</v>
+      </c>
+      <c r="C817">
+        <v>2</v>
       </c>
     </row>
     <row r="818" spans="1:26">
       <c r="B818" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="C818">
         <v>1</v>
       </c>
     </row>
     <row r="819" spans="1:26">
       <c r="B819" t="s">
-        <v>1157</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="820" spans="1:26">
       <c r="B820" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="821" spans="1:26">
       <c r="B821" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="822" spans="1:26">
       <c r="B822" t="s">
-        <v>1160</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="823" spans="1:26">
       <c r="B823" t="s">
-        <v>1161</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="824" spans="1:26">
       <c r="B824" t="s">
-        <v>1162</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="825" spans="1:26">
       <c r="B825" t="s">
-        <v>1163</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="826" spans="1:26">
       <c r="B826" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="827" spans="1:26">
       <c r="B827" t="s">
-        <v>1165</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="828" spans="1:26">
       <c r="B828" t="s">
-        <v>1166</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="829" spans="1:26">
       <c r="B829" t="s">
-        <v>1167</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="830" spans="1:26">
       <c r="B830" t="s">
-        <v>1168</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="831" spans="1:26">
       <c r="B831" t="s">
-        <v>1169</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="832" spans="1:26">
       <c r="B832" t="s">
-        <v>1170</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="833" spans="1:26">
       <c r="B833" t="s">
-        <v>1171</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="834" spans="1:26">
       <c r="B834" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="C834">
         <v>1</v>
       </c>
     </row>
     <row r="835" spans="1:26">
       <c r="B835" t="s">
-        <v>1173</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="836" spans="1:26">
       <c r="B836" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="C836">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="837" spans="1:26">
       <c r="B837" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="C837">
-        <v>1</v>
+        <v>13</v>
       </c>
     </row>
     <row r="838" spans="1:26">
       <c r="B838" t="s">
-        <v>1176</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="839" spans="1:26">
       <c r="B839" t="s">
-        <v>1177</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="840" spans="1:26">
       <c r="B840" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="C840">
-        <v>1</v>
+        <v>22</v>
       </c>
     </row>
     <row r="841" spans="1:26">
       <c r="B841" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="C841">
         <v>1</v>
       </c>
     </row>
     <row r="842" spans="1:26">
       <c r="B842" t="s">
-        <v>1180</v>
+        <v>1181</v>
+      </c>
+      <c r="C842">
+        <v>1</v>
       </c>
     </row>
     <row r="843" spans="1:26">
       <c r="B843" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="C843">
-        <v>1</v>
+        <v>15</v>
       </c>
     </row>
     <row r="844" spans="1:26">
       <c r="B844" t="s">
-        <v>1182</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="845" spans="1:26">
       <c r="B845" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="C845">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="846" spans="1:26">
       <c r="B846" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="C846">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="847" spans="1:26">
       <c r="B847" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="C847">
         <v>2</v>
       </c>
     </row>
     <row r="848" spans="1:26">
       <c r="B848" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="C848">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="849" spans="1:26">
       <c r="B849" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="C849">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="850" spans="1:26">
       <c r="B850" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="C850">
         <v>1</v>
       </c>
     </row>
     <row r="851" spans="1:26">
       <c r="B851" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="C851">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="852" spans="1:26">
       <c r="B852" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="C852">
         <v>1</v>
       </c>
     </row>
     <row r="853" spans="1:26">
       <c r="B853" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="C853">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="854" spans="1:26">
       <c r="B854" t="s">
-        <v>1192</v>
+        <v>1193</v>
+      </c>
+      <c r="C854">
+        <v>12</v>
       </c>
     </row>
     <row r="855" spans="1:26">
       <c r="B855" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="C855">
         <v>1</v>
       </c>
     </row>
     <row r="856" spans="1:26">
       <c r="B856" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="C856">
         <v>1</v>
       </c>
     </row>
     <row r="857" spans="1:26">
       <c r="B857" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="C857">
         <v>1</v>
       </c>
     </row>
     <row r="858" spans="1:26">
       <c r="B858" t="s">
-        <v>1196</v>
-[...1 lines deleted...]
-      <c r="C858" t="s">
         <v>1197</v>
+      </c>
+      <c r="C858">
+        <v>1</v>
       </c>
     </row>
     <row r="859" spans="1:26">
       <c r="B859" t="s">
         <v>1198</v>
       </c>
-      <c r="C859" t="s">
-        <v>1197</v>
+      <c r="C859">
+        <v>1</v>
       </c>
     </row>
     <row r="860" spans="1:26">
       <c r="B860" t="s">
         <v>1199</v>
       </c>
-      <c r="C860" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="861" spans="1:26">
       <c r="B861" t="s">
-        <v>1201</v>
+        <v>1200</v>
+      </c>
+      <c r="C861">
+        <v>1</v>
       </c>
     </row>
     <row r="862" spans="1:26">
       <c r="B862" t="s">
-        <v>1202</v>
-[...2 lines deleted...]
-        <v>1203</v>
+        <v>1201</v>
+      </c>
+      <c r="C862">
+        <v>1</v>
       </c>
     </row>
     <row r="863" spans="1:26">
       <c r="B863" t="s">
-        <v>1204</v>
-[...2 lines deleted...]
-        <v>1203</v>
+        <v>1202</v>
+      </c>
+      <c r="C863">
+        <v>1</v>
       </c>
     </row>
     <row r="864" spans="1:26">
       <c r="B864" t="s">
-        <v>1205</v>
-[...2 lines deleted...]
-        <v>1206</v>
+        <v>1203</v>
+      </c>
+      <c r="C864">
+        <v>1</v>
       </c>
     </row>
     <row r="865" spans="1:26">
       <c r="B865" t="s">
-        <v>1207</v>
-[...2 lines deleted...]
-        <v>1208</v>
+        <v>1204</v>
+      </c>
+      <c r="C865">
+        <v>2</v>
       </c>
     </row>
     <row r="866" spans="1:26">
       <c r="B866" t="s">
-        <v>1209</v>
+        <v>1205</v>
+      </c>
+      <c r="C866">
+        <v>1</v>
       </c>
     </row>
     <row r="867" spans="1:26">
       <c r="B867" t="s">
-        <v>1210</v>
-[...2 lines deleted...]
-        <v>1211</v>
+        <v>1206</v>
+      </c>
+      <c r="C867">
+        <v>5</v>
       </c>
     </row>
     <row r="868" spans="1:26">
       <c r="B868" t="s">
-        <v>1212</v>
-[...2 lines deleted...]
-        <v>1213</v>
+        <v>1207</v>
+      </c>
+      <c r="C868">
+        <v>1</v>
       </c>
     </row>
     <row r="869" spans="1:26">
       <c r="B869" t="s">
-        <v>1214</v>
-[...2 lines deleted...]
-        <v>1215</v>
+        <v>1208</v>
+      </c>
+      <c r="C869">
+        <v>1</v>
       </c>
     </row>
     <row r="870" spans="1:26">
       <c r="B870" t="s">
-        <v>1216</v>
-[...2 lines deleted...]
-        <v>1217</v>
+        <v>1209</v>
+      </c>
+      <c r="C870">
+        <v>1</v>
       </c>
     </row>
     <row r="871" spans="1:26">
       <c r="B871" t="s">
-        <v>1218</v>
-[...2 lines deleted...]
-        <v>1219</v>
+        <v>1210</v>
+      </c>
+      <c r="C871">
+        <v>1</v>
       </c>
     </row>
     <row r="872" spans="1:26">
       <c r="B872" t="s">
-        <v>1220</v>
-[...2 lines deleted...]
-        <v>1221</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="873" spans="1:26">
       <c r="B873" t="s">
-        <v>1222</v>
-[...2 lines deleted...]
-        <v>1223</v>
+        <v>1212</v>
+      </c>
+      <c r="C873">
+        <v>1</v>
       </c>
     </row>
     <row r="874" spans="1:26">
       <c r="B874" t="s">
-        <v>1224</v>
-[...2 lines deleted...]
-        <v>1225</v>
+        <v>1213</v>
+      </c>
+      <c r="C874">
+        <v>1</v>
       </c>
     </row>
     <row r="875" spans="1:26">
       <c r="B875" t="s">
-        <v>1226</v>
-[...2 lines deleted...]
-        <v>1227</v>
+        <v>1214</v>
+      </c>
+      <c r="C875">
+        <v>1</v>
       </c>
     </row>
     <row r="876" spans="1:26">
       <c r="B876" t="s">
-        <v>1228</v>
+        <v>1215</v>
       </c>
       <c r="C876" t="s">
-        <v>1227</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="877" spans="1:26">
       <c r="B877" t="s">
-        <v>1229</v>
+        <v>1217</v>
       </c>
       <c r="C877" t="s">
-        <v>1230</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="878" spans="1:26">
       <c r="B878" t="s">
-        <v>1231</v>
+        <v>1218</v>
       </c>
       <c r="C878" t="s">
-        <v>1232</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="879" spans="1:26">
       <c r="B879" t="s">
-        <v>1233</v>
-[...2 lines deleted...]
-        <v>1234</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="880" spans="1:26">
       <c r="B880" t="s">
-        <v>1235</v>
+        <v>1221</v>
       </c>
       <c r="C880" t="s">
-        <v>1236</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="881" spans="1:26">
       <c r="B881" t="s">
-        <v>1237</v>
+        <v>1223</v>
+      </c>
+      <c r="C881" t="s">
+        <v>1222</v>
       </c>
     </row>
     <row r="882" spans="1:26">
       <c r="B882" t="s">
-        <v>1238</v>
+        <v>1224</v>
+      </c>
+      <c r="C882" t="s">
+        <v>1225</v>
       </c>
     </row>
     <row r="883" spans="1:26">
       <c r="B883" t="s">
-        <v>1239</v>
+        <v>1226</v>
+      </c>
+      <c r="C883" t="s">
+        <v>1227</v>
       </c>
     </row>
     <row r="884" spans="1:26">
       <c r="B884" t="s">
-        <v>1240</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="885" spans="1:26">
       <c r="B885" t="s">
-        <v>1241</v>
+        <v>1229</v>
+      </c>
+      <c r="C885" t="s">
+        <v>1230</v>
       </c>
     </row>
     <row r="886" spans="1:26">
       <c r="B886" t="s">
-        <v>1242</v>
+        <v>1231</v>
+      </c>
+      <c r="C886" t="s">
+        <v>1232</v>
       </c>
     </row>
     <row r="887" spans="1:26">
       <c r="B887" t="s">
-        <v>1243</v>
+        <v>1233</v>
+      </c>
+      <c r="C887" t="s">
+        <v>1234</v>
       </c>
     </row>
     <row r="888" spans="1:26">
       <c r="B888" t="s">
-        <v>1244</v>
+        <v>1235</v>
+      </c>
+      <c r="C888" t="s">
+        <v>1236</v>
       </c>
     </row>
     <row r="889" spans="1:26">
       <c r="B889" t="s">
-        <v>1245</v>
+        <v>1237</v>
+      </c>
+      <c r="C889" t="s">
+        <v>1238</v>
       </c>
     </row>
     <row r="890" spans="1:26">
       <c r="B890" t="s">
-        <v>1246</v>
+        <v>1239</v>
+      </c>
+      <c r="C890" t="s">
+        <v>1240</v>
       </c>
     </row>
     <row r="891" spans="1:26">
       <c r="B891" t="s">
-        <v>1247</v>
+        <v>1241</v>
+      </c>
+      <c r="C891" t="s">
+        <v>1242</v>
       </c>
     </row>
     <row r="892" spans="1:26">
       <c r="B892" t="s">
-        <v>1248</v>
+        <v>1243</v>
+      </c>
+      <c r="C892" t="s">
+        <v>1244</v>
       </c>
     </row>
     <row r="893" spans="1:26">
       <c r="B893" t="s">
-        <v>1249</v>
+        <v>1245</v>
+      </c>
+      <c r="C893" t="s">
+        <v>1246</v>
       </c>
     </row>
     <row r="894" spans="1:26">
       <c r="B894" t="s">
-        <v>1250</v>
+        <v>1247</v>
+      </c>
+      <c r="C894" t="s">
+        <v>1246</v>
       </c>
     </row>
     <row r="895" spans="1:26">
       <c r="B895" t="s">
-        <v>1251</v>
+        <v>1248</v>
+      </c>
+      <c r="C895" t="s">
+        <v>1249</v>
       </c>
     </row>
     <row r="896" spans="1:26">
       <c r="B896" t="s">
-        <v>1252</v>
+        <v>1250</v>
+      </c>
+      <c r="C896" t="s">
+        <v>1251</v>
       </c>
     </row>
     <row r="897" spans="1:26">
       <c r="B897" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C897" t="s">
         <v>1253</v>
       </c>
     </row>
     <row r="898" spans="1:26">
       <c r="B898" t="s">
         <v>1254</v>
       </c>
+      <c r="C898" t="s">
+        <v>1255</v>
+      </c>
     </row>
     <row r="899" spans="1:26">
       <c r="B899" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="900" spans="1:26">
       <c r="B900" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="901" spans="1:26">
       <c r="B901" t="s">
-        <v>1257</v>
-[...1 lines deleted...]
-      <c r="C901" t="s">
         <v>1258</v>
       </c>
     </row>
     <row r="902" spans="1:26">
       <c r="B902" t="s">
         <v>1259</v>
       </c>
-      <c r="C902" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="903" spans="1:26">
       <c r="B903" t="s">
-        <v>1261</v>
-[...2 lines deleted...]
-        <v>1262</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="904" spans="1:26">
       <c r="B904" t="s">
-        <v>1263</v>
-[...2 lines deleted...]
-        <v>1264</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="905" spans="1:26">
       <c r="B905" t="s">
-        <v>1265</v>
-[...2 lines deleted...]
-        <v>1266</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="906" spans="1:26">
       <c r="B906" t="s">
-        <v>1267</v>
-[...2 lines deleted...]
-        <v>1268</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="907" spans="1:26">
       <c r="B907" t="s">
-        <v>1269</v>
-[...2 lines deleted...]
-        <v>1270</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="908" spans="1:26">
       <c r="B908" t="s">
-        <v>1271</v>
-[...2 lines deleted...]
-        <v>1272</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="909" spans="1:26">
       <c r="B909" t="s">
-        <v>1273</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="910" spans="1:26">
       <c r="B910" t="s">
-        <v>1274</v>
-[...2 lines deleted...]
-        <v>1275</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="911" spans="1:26">
       <c r="B911" t="s">
-        <v>1276</v>
-[...2 lines deleted...]
-        <v>1277</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="912" spans="1:26">
       <c r="B912" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="913" spans="1:26">
+      <c r="B913" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="914" spans="1:26">
+      <c r="B914" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="915" spans="1:26">
+      <c r="B915" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="916" spans="1:26">
+      <c r="B916" t="s">
+        <v>1273</v>
+      </c>
+    </row>
+    <row r="917" spans="1:26">
+      <c r="B917" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="918" spans="1:26">
+      <c r="B918" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="919" spans="1:26">
+      <c r="B919" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C919" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="920" spans="1:26">
+      <c r="B920" t="s">
         <v>1278</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B913" t="s">
+      <c r="C920" t="s">
         <v>1279</v>
       </c>
     </row>
-    <row r="914" spans="1:26" customHeight="1" ht="793">
-[...1 lines deleted...]
-      <c r="B914" t="s">
+    <row r="921" spans="1:26">
+      <c r="B921" t="s">
         <v>1280</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B915" t="s">
+      <c r="C921" t="s">
         <v>1281</v>
       </c>
     </row>
-    <row r="916" spans="1:26" customHeight="1" ht="793">
-[...1 lines deleted...]
-      <c r="B916" t="s">
+    <row r="922" spans="1:26">
+      <c r="B922" t="s">
         <v>1282</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B917" t="s">
+      <c r="C922" t="s">
         <v>1283</v>
       </c>
     </row>
-    <row r="918" spans="1:26" customHeight="1" ht="793">
-[...1 lines deleted...]
-      <c r="B918" t="s">
+    <row r="923" spans="1:26">
+      <c r="B923" t="s">
         <v>1284</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B919" t="s">
+      <c r="C923" t="s">
         <v>1285</v>
       </c>
     </row>
-    <row r="920" spans="1:26" customHeight="1" ht="396">
-[...1 lines deleted...]
-      <c r="B920" t="s">
+    <row r="924" spans="1:26">
+      <c r="B924" t="s">
         <v>1286</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B921" t="s">
+      <c r="C924" t="s">
         <v>1287</v>
       </c>
     </row>
-    <row r="922" spans="1:26" customHeight="1" ht="396">
-[...1 lines deleted...]
-      <c r="B922" t="s">
+    <row r="925" spans="1:26">
+      <c r="B925" t="s">
         <v>1288</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B923" t="s">
+      <c r="C925" t="s">
         <v>1289</v>
       </c>
     </row>
-    <row r="924" spans="1:26" customHeight="1" ht="396">
-[...1 lines deleted...]
-      <c r="B924" t="s">
+    <row r="926" spans="1:26">
+      <c r="B926" t="s">
         <v>1290</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B925" t="s">
+      <c r="C926" t="s">
         <v>1291</v>
       </c>
     </row>
-    <row r="926" spans="1:26" customHeight="1" ht="396">
-[...1 lines deleted...]
-      <c r="B926" t="s">
+    <row r="927" spans="1:26">
+      <c r="B927" t="s">
         <v>1292</v>
       </c>
     </row>
-    <row r="927" spans="1:26" customHeight="1" ht="396">
-[...1 lines deleted...]
-      <c r="B927" t="s">
+    <row r="928" spans="1:26">
+      <c r="B928" t="s">
         <v>1293</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B928" t="s">
+      <c r="C928" t="s">
         <v>1294</v>
       </c>
     </row>
-    <row r="929" spans="1:26" customHeight="1" ht="396">
-      <c r="A929"/>
+    <row r="929" spans="1:26">
       <c r="B929" t="s">
         <v>1295</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A930"/>
+      <c r="C929" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="930" spans="1:26">
       <c r="B930" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="931" spans="1:26" customHeight="1" ht="396">
       <c r="A931"/>
       <c r="B931" t="s">
-        <v>1297</v>
-[...2 lines deleted...]
-    <row r="932" spans="1:26" customHeight="1" ht="396">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="932" spans="1:26" customHeight="1" ht="793">
       <c r="A932"/>
       <c r="B932" t="s">
-        <v>1298</v>
-[...2 lines deleted...]
-    <row r="933" spans="1:26" customHeight="1" ht="396">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="933" spans="1:26" customHeight="1" ht="793">
       <c r="A933"/>
       <c r="B933" t="s">
-        <v>1299</v>
-[...2 lines deleted...]
-    <row r="934" spans="1:26" customHeight="1" ht="396">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="934" spans="1:26" customHeight="1" ht="793">
       <c r="A934"/>
       <c r="B934" t="s">
-        <v>1300</v>
-[...2 lines deleted...]
-    <row r="935" spans="1:26" customHeight="1" ht="396">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="935" spans="1:26" customHeight="1" ht="793">
       <c r="A935"/>
       <c r="B935" t="s">
-        <v>1301</v>
-[...2 lines deleted...]
-    <row r="936" spans="1:26" customHeight="1" ht="396">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="936" spans="1:26" customHeight="1" ht="793">
       <c r="A936"/>
       <c r="B936" t="s">
-        <v>1302</v>
-[...2 lines deleted...]
-    <row r="937" spans="1:26" customHeight="1" ht="396">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="937" spans="1:26" customHeight="1" ht="793">
       <c r="A937"/>
       <c r="B937" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="938" spans="1:26" customHeight="1" ht="396">
       <c r="A938"/>
       <c r="B938" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="939" spans="1:26" customHeight="1" ht="396">
       <c r="A939"/>
       <c r="B939" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="940" spans="1:26" customHeight="1" ht="396">
       <c r="A940"/>
       <c r="B940" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="941" spans="1:26" customHeight="1" ht="396">
       <c r="A941"/>
       <c r="B941" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="942" spans="1:26" customHeight="1" ht="396">
       <c r="A942"/>
       <c r="B942" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="943" spans="1:26" customHeight="1" ht="396">
       <c r="A943"/>
       <c r="B943" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="944" spans="1:26" customHeight="1" ht="396">
       <c r="A944"/>
       <c r="B944" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="945" spans="1:26" customHeight="1" ht="396">
       <c r="A945"/>
       <c r="B945" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="946" spans="1:26" customHeight="1" ht="396">
       <c r="A946"/>
       <c r="B946" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="947" spans="1:26" customHeight="1" ht="396">
       <c r="A947"/>
       <c r="B947" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="948" spans="1:26" customHeight="1" ht="396">
       <c r="A948"/>
       <c r="B948" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="949" spans="1:26" customHeight="1" ht="396">
       <c r="A949"/>
       <c r="B949" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="950" spans="1:26" customHeight="1" ht="396">
       <c r="A950"/>
       <c r="B950" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="951" spans="1:26" customHeight="1" ht="396">
       <c r="A951"/>
       <c r="B951" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="952" spans="1:26" customHeight="1" ht="396">
       <c r="A952"/>
       <c r="B952" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="953" spans="1:26" customHeight="1" ht="396">
       <c r="A953"/>
       <c r="B953" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="954" spans="1:26" customHeight="1" ht="396">
       <c r="A954"/>
       <c r="B954" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="955" spans="1:26" customHeight="1" ht="396">
       <c r="A955"/>
       <c r="B955" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="956" spans="1:26" customHeight="1" ht="396">
       <c r="A956"/>
       <c r="B956" t="s">
-        <v>1322</v>
-[...2 lines deleted...]
-    <row r="957" spans="1:26" customHeight="1" ht="892">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="957" spans="1:26" customHeight="1" ht="396">
       <c r="A957"/>
       <c r="B957" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="958" spans="1:26" customHeight="1" ht="396">
       <c r="A958"/>
       <c r="B958" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="959" spans="1:26" customHeight="1" ht="396">
       <c r="A959"/>
       <c r="B959" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="960" spans="1:26" customHeight="1" ht="396">
       <c r="A960"/>
       <c r="B960" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="961" spans="1:26" customHeight="1" ht="396">
       <c r="A961"/>
       <c r="B961" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="962" spans="1:26" customHeight="1" ht="396">
       <c r="A962"/>
       <c r="B962" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="963" spans="1:26" customHeight="1" ht="396">
       <c r="A963"/>
       <c r="B963" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="964" spans="1:26" customHeight="1" ht="396">
       <c r="A964"/>
       <c r="B964" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="965" spans="1:26" customHeight="1" ht="396">
       <c r="A965"/>
       <c r="B965" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="966" spans="1:26" customHeight="1" ht="396">
       <c r="A966"/>
       <c r="B966" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="967" spans="1:26" customHeight="1" ht="396">
       <c r="A967"/>
       <c r="B967" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="968" spans="1:26" customHeight="1" ht="396">
       <c r="A968"/>
       <c r="B968" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="969" spans="1:26" customHeight="1" ht="396">
       <c r="A969"/>
       <c r="B969" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="970" spans="1:26" customHeight="1" ht="396">
       <c r="A970"/>
       <c r="B970" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="971" spans="1:26" customHeight="1" ht="396">
       <c r="A971"/>
       <c r="B971" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="972" spans="1:26" customHeight="1" ht="396">
       <c r="A972"/>
       <c r="B972" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="973" spans="1:26" customHeight="1" ht="396">
       <c r="A973"/>
       <c r="B973" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="974" spans="1:26" customHeight="1" ht="396">
       <c r="A974"/>
       <c r="B974" t="s">
-        <v>1340</v>
-[...2 lines deleted...]
-    <row r="975" spans="1:26" customHeight="1" ht="396">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="975" spans="1:26" customHeight="1" ht="892">
       <c r="A975"/>
       <c r="B975" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="976" spans="1:26" customHeight="1" ht="396">
       <c r="A976"/>
       <c r="B976" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="977" spans="1:26" customHeight="1" ht="396">
       <c r="A977"/>
       <c r="B977" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="978" spans="1:26" customHeight="1" ht="396">
       <c r="A978"/>
       <c r="B978" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="979" spans="1:26" customHeight="1" ht="396">
       <c r="A979"/>
       <c r="B979" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="980" spans="1:26" customHeight="1" ht="396">
       <c r="A980"/>
       <c r="B980" t="s">
-        <v>1346</v>
-[...2 lines deleted...]
-    <row r="981" spans="1:26">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="981" spans="1:26" customHeight="1" ht="396">
+      <c r="A981"/>
       <c r="B981" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="982" spans="1:26" customHeight="1" ht="396">
       <c r="A982"/>
       <c r="B982" t="s">
-        <v>1348</v>
-[...2 lines deleted...]
-    <row r="983" spans="1:26">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="983" spans="1:26" customHeight="1" ht="396">
+      <c r="A983"/>
       <c r="B983" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="984" spans="1:26" customHeight="1" ht="396">
       <c r="A984"/>
       <c r="B984" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="985" spans="1:26" customHeight="1" ht="396">
       <c r="A985"/>
       <c r="B985" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="986" spans="1:26" customHeight="1" ht="396">
       <c r="A986"/>
       <c r="B986" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="987" spans="1:26" customHeight="1" ht="396">
       <c r="A987"/>
       <c r="B987" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="988" spans="1:26" customHeight="1" ht="396">
       <c r="A988"/>
       <c r="B988" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="989" spans="1:26" customHeight="1" ht="396">
       <c r="A989"/>
       <c r="B989" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="990" spans="1:26" customHeight="1" ht="396">
       <c r="A990"/>
       <c r="B990" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="991" spans="1:26" customHeight="1" ht="396">
       <c r="A991"/>
       <c r="B991" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="992" spans="1:26" customHeight="1" ht="396">
       <c r="A992"/>
       <c r="B992" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="993" spans="1:26" customHeight="1" ht="396">
       <c r="A993"/>
       <c r="B993" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="994" spans="1:26" customHeight="1" ht="396">
       <c r="A994"/>
       <c r="B994" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="995" spans="1:26" customHeight="1" ht="396">
       <c r="A995"/>
       <c r="B995" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="996" spans="1:26" customHeight="1" ht="396">
       <c r="A996"/>
       <c r="B996" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="997" spans="1:26" customHeight="1" ht="396">
       <c r="A997"/>
       <c r="B997" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="998" spans="1:26" customHeight="1" ht="396">
       <c r="A998"/>
       <c r="B998" t="s">
-        <v>1364</v>
-[...3 lines deleted...]
-      <c r="A999"/>
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="999" spans="1:26">
       <c r="B999" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="1000" spans="1:26" customHeight="1" ht="396">
       <c r="A1000"/>
       <c r="B1000" t="s">
-        <v>1366</v>
-[...3 lines deleted...]
-      <c r="A1001"/>
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:26">
       <c r="B1001" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="1002" spans="1:26" customHeight="1" ht="396">
       <c r="A1002"/>
       <c r="B1002" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="1003" spans="1:26" customHeight="1" ht="396">
       <c r="A1003"/>
       <c r="B1003" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="1004" spans="1:26" customHeight="1" ht="396">
       <c r="A1004"/>
       <c r="B1004" t="s">
-        <v>1370</v>
-[...2 lines deleted...]
-    <row r="1005" spans="1:26" customHeight="1" ht="892">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:26" customHeight="1" ht="396">
       <c r="A1005"/>
       <c r="B1005" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="1006" spans="1:26" customHeight="1" ht="396">
       <c r="A1006"/>
       <c r="B1006" t="s">
-        <v>1372</v>
-[...2 lines deleted...]
-    <row r="1007" spans="1:26" customHeight="1" ht="892">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:26" customHeight="1" ht="396">
       <c r="A1007"/>
       <c r="B1007" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="1008" spans="1:26" customHeight="1" ht="396">
       <c r="A1008"/>
       <c r="B1008" t="s">
-        <v>1374</v>
-[...2 lines deleted...]
-    <row r="1009" spans="1:26">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:26" customHeight="1" ht="396">
+      <c r="A1009"/>
       <c r="B1009" t="s">
-        <v>1375</v>
-[...2 lines deleted...]
-    <row r="1010" spans="1:26">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:26" customHeight="1" ht="396">
+      <c r="A1010"/>
       <c r="B1010" t="s">
-        <v>1376</v>
-[...2 lines deleted...]
-    <row r="1011" spans="1:26">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:26" customHeight="1" ht="396">
+      <c r="A1011"/>
       <c r="B1011" t="s">
-        <v>1377</v>
-[...2 lines deleted...]
-    <row r="1012" spans="1:26">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:26" customHeight="1" ht="396">
+      <c r="A1012"/>
       <c r="B1012" t="s">
-        <v>1378</v>
-[...2 lines deleted...]
-    <row r="1013" spans="1:26">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:26" customHeight="1" ht="396">
+      <c r="A1013"/>
       <c r="B1013" t="s">
-        <v>1379</v>
-[...2 lines deleted...]
-    <row r="1014" spans="1:26" customHeight="1" ht="793">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:26" customHeight="1" ht="396">
       <c r="A1014"/>
       <c r="B1014" t="s">
-        <v>1380</v>
-[...2 lines deleted...]
-    <row r="1015" spans="1:26">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:26" customHeight="1" ht="396">
+      <c r="A1015"/>
       <c r="B1015" t="s">
-        <v>1381</v>
-[...2 lines deleted...]
-    <row r="1016" spans="1:26" customHeight="1" ht="793">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:26" customHeight="1" ht="396">
       <c r="A1016"/>
       <c r="B1016" t="s">
-        <v>1382</v>
-[...2 lines deleted...]
-    <row r="1017" spans="1:26" customHeight="1" ht="793">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:26" customHeight="1" ht="396">
       <c r="A1017"/>
       <c r="B1017" t="s">
-        <v>1383</v>
-[...2 lines deleted...]
-    <row r="1018" spans="1:26">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:26" customHeight="1" ht="396">
+      <c r="A1018"/>
       <c r="B1018" t="s">
-        <v>1384</v>
-[...2 lines deleted...]
-    <row r="1019" spans="1:26" customHeight="1" ht="793">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:26" customHeight="1" ht="396">
       <c r="A1019"/>
       <c r="B1019" t="s">
-        <v>1385</v>
-[...2 lines deleted...]
-    <row r="1020" spans="1:26">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:26" customHeight="1" ht="396">
+      <c r="A1020"/>
       <c r="B1020" t="s">
-        <v>1386</v>
-[...2 lines deleted...]
-    <row r="1021" spans="1:26" customHeight="1" ht="446">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:26" customHeight="1" ht="396">
       <c r="A1021"/>
       <c r="B1021" t="s">
-        <v>1387</v>
-[...2 lines deleted...]
-    <row r="1022" spans="1:26">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:26" customHeight="1" ht="396">
+      <c r="A1022"/>
       <c r="B1022" t="s">
-        <v>1388</v>
-[...2 lines deleted...]
-    <row r="1023" spans="1:26" customHeight="1" ht="793">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:26" customHeight="1" ht="892">
       <c r="A1023"/>
       <c r="B1023" t="s">
-        <v>1389</v>
-[...2 lines deleted...]
-    <row r="1024" spans="1:26">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:26" customHeight="1" ht="396">
+      <c r="A1024"/>
       <c r="B1024" t="s">
-        <v>1390</v>
-[...2 lines deleted...]
-    <row r="1025" spans="1:26">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:26" customHeight="1" ht="892">
+      <c r="A1025"/>
       <c r="B1025" t="s">
-        <v>1391</v>
-[...2 lines deleted...]
-    <row r="1026" spans="1:26">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:26" customHeight="1" ht="396">
+      <c r="A1026"/>
       <c r="B1026" t="s">
-        <v>1392</v>
-[...3 lines deleted...]
-      <c r="A1027"/>
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:26">
       <c r="B1027" t="s">
-        <v>1393</v>
-[...3 lines deleted...]
-      <c r="A1028"/>
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:26">
       <c r="B1028" t="s">
-        <v>1394</v>
-[...3 lines deleted...]
-      <c r="A1029"/>
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:26">
       <c r="B1029" t="s">
-        <v>1395</v>
-[...3 lines deleted...]
-      <c r="A1030"/>
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:26">
       <c r="B1030" t="s">
-        <v>1396</v>
-[...3 lines deleted...]
-      <c r="A1031"/>
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:26">
       <c r="B1031" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="1032" spans="1:26" customHeight="1" ht="793">
       <c r="A1032"/>
       <c r="B1032" t="s">
-        <v>1398</v>
-[...3 lines deleted...]
-      <c r="A1033"/>
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:26">
       <c r="B1033" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="1034" spans="1:26" customHeight="1" ht="793">
       <c r="A1034"/>
       <c r="B1034" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="1035" spans="1:26" customHeight="1" ht="793">
       <c r="A1035"/>
       <c r="B1035" t="s">
-        <v>1401</v>
-[...3 lines deleted...]
-      <c r="A1036"/>
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:26">
       <c r="B1036" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="1037" spans="1:26" customHeight="1" ht="793">
       <c r="A1037"/>
       <c r="B1037" t="s">
-        <v>1403</v>
-[...3 lines deleted...]
-      <c r="A1038"/>
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:26">
       <c r="B1038" t="s">
-        <v>1404</v>
-[...2 lines deleted...]
-    <row r="1039" spans="1:26">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:26" customHeight="1" ht="446">
+      <c r="A1039"/>
       <c r="B1039" t="s">
-        <v>1405</v>
-[...3 lines deleted...]
-      <c r="A1040"/>
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:26">
       <c r="B1040" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="1041" spans="1:26" customHeight="1" ht="793">
       <c r="A1041"/>
       <c r="B1041" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="1042" spans="1:26">
       <c r="B1042" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="1043" spans="1:26">
       <c r="B1043" t="s">
-        <v>1409</v>
-[...3 lines deleted...]
-      <c r="A1044"/>
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:26">
       <c r="B1044" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="1045" spans="1:26" customHeight="1" ht="793">
       <c r="A1045"/>
       <c r="B1045" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="1046" spans="1:26" customHeight="1" ht="793">
       <c r="A1046"/>
       <c r="B1046" t="s">
-        <v>1412</v>
-[...2 lines deleted...]
-    <row r="1047" spans="1:26">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:26" customHeight="1" ht="793">
+      <c r="A1047"/>
       <c r="B1047" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="1048" spans="1:26" customHeight="1" ht="793">
       <c r="A1048"/>
       <c r="B1048" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="1049" spans="1:26" customHeight="1" ht="793">
       <c r="A1049"/>
       <c r="B1049" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="1050" spans="1:26" customHeight="1" ht="793">
       <c r="A1050"/>
       <c r="B1050" t="s">
-        <v>1416</v>
-[...2 lines deleted...]
-    <row r="1051" spans="1:26">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:26" customHeight="1" ht="793">
+      <c r="A1051"/>
       <c r="B1051" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="1052" spans="1:26" customHeight="1" ht="793">
       <c r="A1052"/>
       <c r="B1052" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="1053" spans="1:26" customHeight="1" ht="793">
       <c r="A1053"/>
       <c r="B1053" t="s">
-        <v>1419</v>
-[...2 lines deleted...]
-    <row r="1054" spans="1:26">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:26" customHeight="1" ht="793">
+      <c r="A1054"/>
       <c r="B1054" t="s">
-        <v>1420</v>
-[...2 lines deleted...]
-    <row r="1055" spans="1:26">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:26" customHeight="1" ht="793">
+      <c r="A1055"/>
       <c r="B1055" t="s">
-        <v>1421</v>
-[...1 lines deleted...]
-      <c r="C1055" t="s">
         <v>1422</v>
       </c>
     </row>
-    <row r="1056" spans="1:26">
+    <row r="1056" spans="1:26" customHeight="1" ht="793">
+      <c r="A1056"/>
       <c r="B1056" t="s">
         <v>1423</v>
       </c>
     </row>
     <row r="1057" spans="1:26">
       <c r="B1057" t="s">
         <v>1424</v>
       </c>
-      <c r="C1057" t="s">
+    </row>
+    <row r="1058" spans="1:26" customHeight="1" ht="793">
+      <c r="A1058"/>
+      <c r="B1058" t="s">
         <v>1425</v>
       </c>
     </row>
-    <row r="1058" spans="1:26">
-[...4 lines deleted...]
-    <row r="1059" spans="1:26" customHeight="1" ht="446">
+    <row r="1059" spans="1:26" customHeight="1" ht="793">
       <c r="A1059"/>
       <c r="B1059" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:26">
+      <c r="B1060" t="s">
         <v>1427</v>
       </c>
     </row>
-    <row r="1060" spans="1:26" customHeight="1" ht="398">
-[...1 lines deleted...]
-      <c r="B1060" t="s">
+    <row r="1061" spans="1:26">
+      <c r="B1061" t="s">
         <v>1428</v>
       </c>
-      <c r="C1060" t="s">
-[...12 lines deleted...]
-    <row r="1062" spans="1:26" customHeight="1" ht="405">
+    </row>
+    <row r="1062" spans="1:26" customHeight="1" ht="793">
       <c r="A1062"/>
       <c r="B1062" t="s">
-        <v>1432</v>
-[...5 lines deleted...]
-    <row r="1063" spans="1:26" customHeight="1" ht="446">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:26" customHeight="1" ht="793">
       <c r="A1063"/>
       <c r="B1063" t="s">
-        <v>1434</v>
-[...5 lines deleted...]
-    <row r="1064" spans="1:26">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:26" customHeight="1" ht="793">
+      <c r="A1064"/>
       <c r="B1064" t="s">
-        <v>1436</v>
-[...6 lines deleted...]
-      <c r="A1065"/>
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:26">
       <c r="B1065" t="s">
-        <v>1438</v>
-[...5 lines deleted...]
-    <row r="1066" spans="1:26" customHeight="1" ht="422">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:26" customHeight="1" ht="793">
       <c r="A1066"/>
       <c r="B1066" t="s">
-        <v>1440</v>
-[...5 lines deleted...]
-    <row r="1067" spans="1:26" customHeight="1" ht="420">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:26" customHeight="1" ht="793">
       <c r="A1067"/>
       <c r="B1067" t="s">
-        <v>1442</v>
-[...5 lines deleted...]
-    <row r="1068" spans="1:26" customHeight="1" ht="368">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:26" customHeight="1" ht="793">
       <c r="A1068"/>
       <c r="B1068" t="s">
-        <v>1444</v>
-[...6 lines deleted...]
-      <c r="A1069"/>
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:26">
       <c r="B1069" t="s">
-        <v>1446</v>
-[...5 lines deleted...]
-    <row r="1070" spans="1:26" customHeight="1" ht="398">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:26" customHeight="1" ht="793">
       <c r="A1070"/>
       <c r="B1070" t="s">
-        <v>1448</v>
-[...5 lines deleted...]
-    <row r="1071" spans="1:26" customHeight="1" ht="399">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:26" customHeight="1" ht="793">
       <c r="A1071"/>
       <c r="B1071" t="s">
-        <v>1450</v>
-[...1 lines deleted...]
-      <c r="C1071" t="s">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:26">
+      <c r="B1072" t="s">
         <v>1439</v>
       </c>
     </row>
-    <row r="1072" spans="1:26" customHeight="1" ht="396">
-[...9 lines deleted...]
-      <c r="A1073"/>
+    <row r="1073" spans="1:26">
       <c r="B1073" t="s">
-        <v>1453</v>
-[...3 lines deleted...]
-      <c r="A1074"/>
+        <v>1440</v>
+      </c>
+      <c r="C1073" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:26">
       <c r="B1074" t="s">
-        <v>1454</v>
-[...6 lines deleted...]
-      <c r="A1075"/>
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:26">
       <c r="B1075" t="s">
-        <v>1456</v>
+        <v>1443</v>
       </c>
       <c r="C1075" t="s">
-        <v>1457</v>
-[...3 lines deleted...]
-      <c r="A1076"/>
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:26">
       <c r="B1076" t="s">
-        <v>1458</v>
-[...5 lines deleted...]
-    <row r="1077" spans="1:26" customHeight="1" ht="395">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:26" customHeight="1" ht="446">
       <c r="A1077"/>
       <c r="B1077" t="s">
-        <v>1460</v>
-[...5 lines deleted...]
-    <row r="1078" spans="1:26" customHeight="1" ht="449">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:26" customHeight="1" ht="398">
       <c r="A1078"/>
       <c r="B1078" t="s">
-        <v>1462</v>
+        <v>1447</v>
       </c>
       <c r="C1078" t="s">
-        <v>1463</v>
-[...2 lines deleted...]
-    <row r="1079" spans="1:26">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:26" customHeight="1" ht="350">
+      <c r="A1079"/>
       <c r="B1079" t="s">
-        <v>1464</v>
+        <v>1449</v>
       </c>
       <c r="C1079" t="s">
-        <v>1465</v>
-[...2 lines deleted...]
-    <row r="1080" spans="1:26" customHeight="1" ht="446">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:26" customHeight="1" ht="405">
       <c r="A1080"/>
       <c r="B1080" t="s">
-        <v>1466</v>
+        <v>1451</v>
       </c>
       <c r="C1080" t="s">
-        <v>1467</v>
-[...2 lines deleted...]
-    <row r="1081" spans="1:26" customHeight="1" ht="368">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:26" customHeight="1" ht="446">
       <c r="A1081"/>
       <c r="B1081" t="s">
-        <v>1468</v>
+        <v>1453</v>
       </c>
       <c r="C1081" t="s">
-        <v>1469</v>
-[...3 lines deleted...]
-      <c r="A1082"/>
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:26">
       <c r="B1082" t="s">
-        <v>1470</v>
+        <v>1455</v>
       </c>
       <c r="C1082" t="s">
-        <v>1471</v>
-[...2 lines deleted...]
-    <row r="1083" spans="1:26" customHeight="1" ht="413">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:26" customHeight="1" ht="252">
       <c r="A1083"/>
       <c r="B1083" t="s">
-        <v>1472</v>
+        <v>1457</v>
       </c>
       <c r="C1083" t="s">
-        <v>1473</v>
-[...2 lines deleted...]
-    <row r="1084" spans="1:26" customHeight="1" ht="446">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:26" customHeight="1" ht="422">
       <c r="A1084"/>
       <c r="B1084" t="s">
-        <v>1474</v>
+        <v>1459</v>
       </c>
       <c r="C1084" t="s">
-        <v>1475</v>
-[...2 lines deleted...]
-    <row r="1085" spans="1:26" customHeight="1" ht="334">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:26" customHeight="1" ht="420">
       <c r="A1085"/>
       <c r="B1085" t="s">
-        <v>1476</v>
+        <v>1461</v>
       </c>
       <c r="C1085" t="s">
-        <v>1477</v>
-[...2 lines deleted...]
-    <row r="1086" spans="1:26" customHeight="1" ht="289">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:26" customHeight="1" ht="368">
       <c r="A1086"/>
       <c r="B1086" t="s">
-        <v>1478</v>
+        <v>1463</v>
       </c>
       <c r="C1086" t="s">
-        <v>1479</v>
-[...2 lines deleted...]
-    <row r="1087" spans="1:26" customHeight="1" ht="225">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:26" customHeight="1" ht="395">
       <c r="A1087"/>
       <c r="B1087" t="s">
-        <v>1480</v>
+        <v>1465</v>
       </c>
       <c r="C1087" t="s">
-        <v>1481</v>
-[...2 lines deleted...]
-    <row r="1088" spans="1:26" customHeight="1" ht="293">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:26" customHeight="1" ht="398">
       <c r="A1088"/>
       <c r="B1088" t="s">
-        <v>1482</v>
+        <v>1467</v>
       </c>
       <c r="C1088" t="s">
-        <v>1483</v>
-[...2 lines deleted...]
-    <row r="1089" spans="1:26" customHeight="1" ht="422">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:26" customHeight="1" ht="399">
       <c r="A1089"/>
       <c r="B1089" t="s">
-        <v>1484</v>
+        <v>1469</v>
       </c>
       <c r="C1089" t="s">
-        <v>1485</v>
-[...2 lines deleted...]
-    <row r="1090" spans="1:26" customHeight="1" ht="343">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:26" customHeight="1" ht="396">
       <c r="A1090"/>
       <c r="B1090" t="s">
-        <v>1486</v>
+        <v>1470</v>
       </c>
       <c r="C1090" t="s">
-        <v>1487</v>
-[...2 lines deleted...]
-    <row r="1091" spans="1:26" customHeight="1" ht="396">
+        <v>1471</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:26" customHeight="1" ht="446">
       <c r="A1091"/>
       <c r="B1091" t="s">
-        <v>1488</v>
-[...5 lines deleted...]
-    <row r="1092" spans="1:26" customHeight="1" ht="356">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:26" customHeight="1" ht="566">
       <c r="A1092"/>
       <c r="B1092" t="s">
-        <v>1490</v>
-[...2 lines deleted...]
-    <row r="1093" spans="1:26" customHeight="1" ht="446">
+        <v>1473</v>
+      </c>
+      <c r="C1092" t="s">
+        <v>1474</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:26" customHeight="1" ht="213">
       <c r="A1093"/>
       <c r="B1093" t="s">
-        <v>1491</v>
+        <v>1475</v>
       </c>
       <c r="C1093" t="s">
-        <v>1469</v>
-[...2 lines deleted...]
-    <row r="1094" spans="1:26" customHeight="1" ht="395">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:26" customHeight="1" ht="446">
       <c r="A1094"/>
       <c r="B1094" t="s">
-        <v>1492</v>
+        <v>1477</v>
       </c>
       <c r="C1094" t="s">
-        <v>1493</v>
-[...2 lines deleted...]
-    <row r="1095" spans="1:26" customHeight="1" ht="396">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:26" customHeight="1" ht="395">
       <c r="A1095"/>
       <c r="B1095" t="s">
-        <v>1494</v>
+        <v>1479</v>
       </c>
       <c r="C1095" t="s">
-        <v>1495</v>
-[...2 lines deleted...]
-    <row r="1096" spans="1:26" customHeight="1" ht="595">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:26" customHeight="1" ht="449">
       <c r="A1096"/>
       <c r="B1096" t="s">
-        <v>1496</v>
+        <v>1481</v>
       </c>
       <c r="C1096" t="s">
-        <v>1497</v>
-[...3 lines deleted...]
-      <c r="A1097"/>
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:26">
       <c r="B1097" t="s">
-        <v>1498</v>
+        <v>1483</v>
+      </c>
+      <c r="C1097" t="s">
+        <v>1484</v>
       </c>
     </row>
     <row r="1098" spans="1:26" customHeight="1" ht="446">
       <c r="A1098"/>
       <c r="B1098" t="s">
-        <v>1499</v>
-[...2 lines deleted...]
-    <row r="1099" spans="1:26" customHeight="1" ht="444">
+        <v>1485</v>
+      </c>
+      <c r="C1098" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:26" customHeight="1" ht="368">
       <c r="A1099"/>
       <c r="B1099" t="s">
-        <v>1500</v>
+        <v>1487</v>
       </c>
       <c r="C1099" t="s">
-        <v>1501</v>
-[...2 lines deleted...]
-    <row r="1100" spans="1:26" customHeight="1" ht="133">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:26" customHeight="1" ht="446">
       <c r="A1100"/>
       <c r="B1100" t="s">
-        <v>1502</v>
+        <v>1489</v>
       </c>
       <c r="C1100" t="s">
-        <v>1503</v>
-[...2 lines deleted...]
-    <row r="1101" spans="1:26" customHeight="1" ht="396">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:26" customHeight="1" ht="413">
       <c r="A1101"/>
       <c r="B1101" t="s">
-        <v>1504</v>
+        <v>1491</v>
       </c>
       <c r="C1101" t="s">
-        <v>1505</v>
-[...2 lines deleted...]
-    <row r="1102" spans="1:26">
+        <v>1492</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:26" customHeight="1" ht="446">
+      <c r="A1102"/>
       <c r="B1102" t="s">
-        <v>1506</v>
+        <v>1493</v>
       </c>
       <c r="C1102" t="s">
-        <v>1507</v>
-[...2 lines deleted...]
-    <row r="1103" spans="1:26" customHeight="1" ht="446">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:26" customHeight="1" ht="334">
       <c r="A1103"/>
       <c r="B1103" t="s">
-        <v>1508</v>
+        <v>1495</v>
       </c>
       <c r="C1103" t="s">
-        <v>1509</v>
-[...2 lines deleted...]
-    <row r="1104" spans="1:26" customHeight="1" ht="654">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:26" customHeight="1" ht="289">
       <c r="A1104"/>
       <c r="B1104" t="s">
-        <v>1510</v>
+        <v>1497</v>
       </c>
       <c r="C1104" t="s">
-        <v>1511</v>
-[...2 lines deleted...]
-    <row r="1105" spans="1:26" customHeight="1" ht="457">
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:26" customHeight="1" ht="225">
       <c r="A1105"/>
       <c r="B1105" t="s">
-        <v>1512</v>
-[...2 lines deleted...]
-    <row r="1106" spans="1:26" customHeight="1" ht="396">
+        <v>1499</v>
+      </c>
+      <c r="C1105" t="s">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:26" customHeight="1" ht="293">
       <c r="A1106"/>
       <c r="B1106" t="s">
-        <v>1513</v>
+        <v>1501</v>
       </c>
       <c r="C1106" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-    <row r="1107" spans="1:26">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:26" customHeight="1" ht="422">
+      <c r="A1107"/>
       <c r="B1107" t="s">
-        <v>1515</v>
+        <v>1503</v>
       </c>
       <c r="C1107" t="s">
-        <v>1516</v>
-[...2 lines deleted...]
-    <row r="1108" spans="1:26" customHeight="1" ht="334">
+        <v>1504</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:26" customHeight="1" ht="343">
       <c r="A1108"/>
       <c r="B1108" t="s">
-        <v>1517</v>
+        <v>1505</v>
       </c>
       <c r="C1108" t="s">
-        <v>1518</v>
-[...2 lines deleted...]
-    <row r="1109" spans="1:26" customHeight="1" ht="446">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:26" customHeight="1" ht="396">
       <c r="A1109"/>
       <c r="B1109" t="s">
-        <v>1519</v>
-[...2 lines deleted...]
-    <row r="1110" spans="1:26" customHeight="1" ht="396">
+        <v>1507</v>
+      </c>
+      <c r="C1109" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:26" customHeight="1" ht="356">
       <c r="A1110"/>
       <c r="B1110" t="s">
-        <v>1520</v>
-[...2 lines deleted...]
-        <v>1521</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="1111" spans="1:26" customHeight="1" ht="446">
       <c r="A1111"/>
       <c r="B1111" t="s">
-        <v>1522</v>
-[...2 lines deleted...]
-    <row r="1112" spans="1:26" customHeight="1" ht="396">
+        <v>1510</v>
+      </c>
+      <c r="C1111" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:26" customHeight="1" ht="395">
       <c r="A1112"/>
       <c r="B1112" t="s">
-        <v>1523</v>
-[...2 lines deleted...]
-    <row r="1113" spans="1:26" customHeight="1" ht="444">
+        <v>1511</v>
+      </c>
+      <c r="C1112" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:26" customHeight="1" ht="396">
       <c r="A1113"/>
       <c r="B1113" t="s">
-        <v>1524</v>
-[...2 lines deleted...]
-    <row r="1114" spans="1:26" customHeight="1" ht="446">
+        <v>1513</v>
+      </c>
+      <c r="C1113" t="s">
+        <v>1514</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:26" customHeight="1" ht="595">
       <c r="A1114"/>
       <c r="B1114" t="s">
-        <v>1525</v>
-[...2 lines deleted...]
-    <row r="1115" spans="1:26" customHeight="1" ht="180">
+        <v>1515</v>
+      </c>
+      <c r="C1114" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:26" customHeight="1" ht="446">
       <c r="A1115"/>
       <c r="B1115" t="s">
-        <v>1526</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="1116" spans="1:26" customHeight="1" ht="446">
       <c r="A1116"/>
       <c r="B1116" t="s">
-        <v>1527</v>
-[...2 lines deleted...]
-    <row r="1117" spans="1:26" customHeight="1" ht="446">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:26" customHeight="1" ht="444">
       <c r="A1117"/>
       <c r="B1117" t="s">
-        <v>1528</v>
-[...2 lines deleted...]
-    <row r="1118" spans="1:26" customHeight="1" ht="394">
+        <v>1519</v>
+      </c>
+      <c r="C1117" t="s">
+        <v>1520</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:26" customHeight="1" ht="133">
       <c r="A1118"/>
       <c r="B1118" t="s">
-        <v>1529</v>
-[...2 lines deleted...]
-    <row r="1119" spans="1:26" customHeight="1" ht="202">
+        <v>1521</v>
+      </c>
+      <c r="C1118" t="s">
+        <v>1522</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:26" customHeight="1" ht="396">
       <c r="A1119"/>
       <c r="B1119" t="s">
-        <v>1530</v>
+        <v>1523</v>
       </c>
       <c r="C1119" t="s">
-        <v>1531</v>
-[...3 lines deleted...]
-      <c r="A1120"/>
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:26">
       <c r="B1120" t="s">
-        <v>1532</v>
-[...2 lines deleted...]
-    <row r="1121" spans="1:26" customHeight="1" ht="334">
+        <v>1525</v>
+      </c>
+      <c r="C1120" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:26" customHeight="1" ht="446">
       <c r="A1121"/>
       <c r="B1121" t="s">
-        <v>1533</v>
+        <v>1527</v>
       </c>
       <c r="C1121" t="s">
-        <v>1534</v>
-[...2 lines deleted...]
-    <row r="1122" spans="1:26" customHeight="1" ht="1207">
+        <v>1528</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:26" customHeight="1" ht="654">
       <c r="A1122"/>
       <c r="B1122" t="s">
-        <v>1535</v>
-[...2 lines deleted...]
-    <row r="1123" spans="1:26" customHeight="1" ht="396">
+        <v>1529</v>
+      </c>
+      <c r="C1122" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:26" customHeight="1" ht="457">
       <c r="A1123"/>
       <c r="B1123" t="s">
-        <v>1536</v>
-[...2 lines deleted...]
-    <row r="1124" spans="1:26" customHeight="1" ht="595">
+        <v>1531</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:26" customHeight="1" ht="396">
       <c r="A1124"/>
       <c r="B1124" t="s">
-        <v>1537</v>
+        <v>1532</v>
       </c>
       <c r="C1124" t="s">
-        <v>1538</v>
-[...3 lines deleted...]
-      <c r="A1125"/>
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:26">
       <c r="B1125" t="s">
-        <v>1539</v>
+        <v>1534</v>
       </c>
       <c r="C1125" t="s">
-        <v>1540</v>
-[...2 lines deleted...]
-    <row r="1126" spans="1:26" customHeight="1" ht="121">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:26" customHeight="1" ht="334">
       <c r="A1126"/>
       <c r="B1126" t="s">
-        <v>1541</v>
-[...2 lines deleted...]
-    <row r="1127" spans="1:26" customHeight="1" ht="396">
+        <v>1536</v>
+      </c>
+      <c r="C1126" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:26" customHeight="1" ht="446">
       <c r="A1127"/>
       <c r="B1127" t="s">
-        <v>1542</v>
-[...2 lines deleted...]
-    <row r="1128" spans="1:26" customHeight="1" ht="770">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:26" customHeight="1" ht="396">
       <c r="A1128"/>
       <c r="B1128" t="s">
-        <v>1543</v>
-[...2 lines deleted...]
-    <row r="1129" spans="1:26" customHeight="1" ht="793">
+        <v>1539</v>
+      </c>
+      <c r="C1128" t="s">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:26" customHeight="1" ht="446">
       <c r="A1129"/>
       <c r="B1129" t="s">
-        <v>1544</v>
-[...2 lines deleted...]
-    <row r="1130" spans="1:26" customHeight="1" ht="261">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:26" customHeight="1" ht="396">
       <c r="A1130"/>
       <c r="B1130" t="s">
-        <v>1545</v>
-[...5 lines deleted...]
-    <row r="1131" spans="1:26" customHeight="1" ht="446">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:26" customHeight="1" ht="444">
       <c r="A1131"/>
       <c r="B1131" t="s">
-        <v>1547</v>
-[...5 lines deleted...]
-    <row r="1132" spans="1:26" customHeight="1" ht="793">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:26" customHeight="1" ht="446">
       <c r="A1132"/>
       <c r="B1132" t="s">
-        <v>1549</v>
-[...2 lines deleted...]
-    <row r="1133" spans="1:26" customHeight="1" ht="351">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:26" customHeight="1" ht="180">
       <c r="A1133"/>
       <c r="B1133" t="s">
-        <v>1550</v>
-[...2 lines deleted...]
-    <row r="1134" spans="1:26" customHeight="1" ht="578">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:26" customHeight="1" ht="446">
       <c r="A1134"/>
       <c r="B1134" t="s">
-        <v>1551</v>
-[...2 lines deleted...]
-    <row r="1135" spans="1:26" customHeight="1" ht="770">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:26" customHeight="1" ht="446">
       <c r="A1135"/>
       <c r="B1135" t="s">
-        <v>1552</v>
-[...5 lines deleted...]
-    <row r="1136" spans="1:26" customHeight="1" ht="266">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:26" customHeight="1" ht="394">
       <c r="A1136"/>
       <c r="B1136" t="s">
-        <v>1554</v>
-[...2 lines deleted...]
-    <row r="1137" spans="1:26" customHeight="1" ht="153">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:26" customHeight="1" ht="202">
       <c r="A1137"/>
       <c r="B1137" t="s">
-        <v>1555</v>
-[...2 lines deleted...]
-    <row r="1138" spans="1:26" customHeight="1" ht="396">
+        <v>1549</v>
+      </c>
+      <c r="C1137" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:26" customHeight="1" ht="328">
       <c r="A1138"/>
       <c r="B1138" t="s">
-        <v>1556</v>
-[...2 lines deleted...]
-    <row r="1139" spans="1:26" customHeight="1" ht="378">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:26" customHeight="1" ht="334">
       <c r="A1139"/>
       <c r="B1139" t="s">
-        <v>1557</v>
-[...2 lines deleted...]
-    <row r="1140" spans="1:26" customHeight="1" ht="446">
+        <v>1552</v>
+      </c>
+      <c r="C1139" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:26" customHeight="1" ht="1207">
       <c r="A1140"/>
       <c r="B1140" t="s">
-        <v>1558</v>
-[...2 lines deleted...]
-    <row r="1141" spans="1:26" customHeight="1" ht="446">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:26" customHeight="1" ht="396">
       <c r="A1141"/>
       <c r="B1141" t="s">
-        <v>1559</v>
-[...2 lines deleted...]
-    <row r="1142" spans="1:26" customHeight="1" ht="793">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:26" customHeight="1" ht="595">
       <c r="A1142"/>
       <c r="B1142" t="s">
-        <v>1560</v>
-[...2 lines deleted...]
-    <row r="1143" spans="1:26" customHeight="1" ht="365">
+        <v>1556</v>
+      </c>
+      <c r="C1142" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:26" customHeight="1" ht="595">
       <c r="A1143"/>
       <c r="B1143" t="s">
-        <v>1561</v>
-[...2 lines deleted...]
-    <row r="1144" spans="1:26" customHeight="1" ht="446">
+        <v>1558</v>
+      </c>
+      <c r="C1143" t="s">
+        <v>1559</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:26" customHeight="1" ht="121">
       <c r="A1144"/>
       <c r="B1144" t="s">
-        <v>1562</v>
-[...2 lines deleted...]
-    <row r="1145" spans="1:26" customHeight="1" ht="446">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:26" customHeight="1" ht="396">
       <c r="A1145"/>
       <c r="B1145" t="s">
-        <v>1563</v>
-[...2 lines deleted...]
-    <row r="1146" spans="1:26" customHeight="1" ht="396">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:26" customHeight="1" ht="770">
       <c r="A1146"/>
       <c r="B1146" t="s">
-        <v>1564</v>
-[...2 lines deleted...]
-    <row r="1147" spans="1:26" customHeight="1" ht="322">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:26" customHeight="1" ht="793">
       <c r="A1147"/>
       <c r="B1147" t="s">
-        <v>1565</v>
-[...5 lines deleted...]
-    <row r="1148" spans="1:26" customHeight="1" ht="325">
+        <v>1563</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:26" customHeight="1" ht="261">
       <c r="A1148"/>
       <c r="B1148" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-    <row r="1149" spans="1:26" customHeight="1" ht="588">
+        <v>1564</v>
+      </c>
+      <c r="C1148" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:26" customHeight="1" ht="446">
       <c r="A1149"/>
       <c r="B1149" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C1149" t="s">
         <v>1567</v>
       </c>
-      <c r="C1149" t="s">
-[...3 lines deleted...]
-    <row r="1150" spans="1:26" customHeight="1" ht="444">
+    </row>
+    <row r="1150" spans="1:26" customHeight="1" ht="793">
       <c r="A1150"/>
       <c r="B1150" t="s">
         <v>1568</v>
       </c>
     </row>
-    <row r="1151" spans="1:26" customHeight="1" ht="446">
+    <row r="1151" spans="1:26" customHeight="1" ht="351">
       <c r="A1151"/>
       <c r="B1151" t="s">
         <v>1569</v>
       </c>
     </row>
-    <row r="1152" spans="1:26" customHeight="1" ht="278">
+    <row r="1152" spans="1:26" customHeight="1" ht="578">
       <c r="A1152"/>
       <c r="B1152" t="s">
         <v>1570</v>
       </c>
     </row>
-    <row r="1153" spans="1:26" customHeight="1" ht="779">
+    <row r="1153" spans="1:26" customHeight="1" ht="770">
       <c r="A1153"/>
       <c r="B1153" t="s">
         <v>1571</v>
       </c>
-    </row>
-    <row r="1154" spans="1:26" customHeight="1" ht="396">
+      <c r="C1153" t="s">
+        <v>1572</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:26" customHeight="1" ht="266">
       <c r="A1154"/>
       <c r="B1154" t="s">
-        <v>1572</v>
-[...1 lines deleted...]
-      <c r="C1154" t="s">
         <v>1573</v>
       </c>
     </row>
-    <row r="1155" spans="1:26" customHeight="1" ht="595">
+    <row r="1155" spans="1:26" customHeight="1" ht="153">
       <c r="A1155"/>
       <c r="B1155" t="s">
         <v>1574</v>
       </c>
     </row>
-    <row r="1156" spans="1:26" customHeight="1" ht="175">
+    <row r="1156" spans="1:26" customHeight="1" ht="396">
       <c r="A1156"/>
       <c r="B1156" t="s">
         <v>1575</v>
       </c>
     </row>
-    <row r="1157" spans="1:26" customHeight="1" ht="595">
+    <row r="1157" spans="1:26" customHeight="1" ht="378">
       <c r="A1157"/>
       <c r="B1157" t="s">
         <v>1576</v>
       </c>
     </row>
     <row r="1158" spans="1:26" customHeight="1" ht="446">
       <c r="A1158"/>
       <c r="B1158" t="s">
         <v>1577</v>
       </c>
-      <c r="C1158" t="s">
-[...3 lines deleted...]
-    <row r="1159" spans="1:26" customHeight="1" ht="193">
+    </row>
+    <row r="1159" spans="1:26" customHeight="1" ht="446">
       <c r="A1159"/>
       <c r="B1159" t="s">
-        <v>1579</v>
-[...2 lines deleted...]
-    <row r="1160" spans="1:26" customHeight="1" ht="396">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:26" customHeight="1" ht="793">
       <c r="A1160"/>
       <c r="B1160" t="s">
-        <v>1580</v>
-[...2 lines deleted...]
-    <row r="1161" spans="1:26" customHeight="1" ht="612">
+        <v>1579</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:26" customHeight="1" ht="365">
       <c r="A1161"/>
       <c r="B1161" t="s">
-        <v>1581</v>
-[...5 lines deleted...]
-    <row r="1162" spans="1:26" customHeight="1" ht="393">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:26" customHeight="1" ht="446">
       <c r="A1162"/>
       <c r="B1162" t="s">
-        <v>1583</v>
-[...2 lines deleted...]
-    <row r="1163" spans="1:26" customHeight="1" ht="595">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:26" customHeight="1" ht="446">
       <c r="A1163"/>
       <c r="B1163" t="s">
-        <v>1584</v>
-[...2 lines deleted...]
-    <row r="1164" spans="1:26" customHeight="1" ht="433">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:26" customHeight="1" ht="396">
       <c r="A1164"/>
       <c r="B1164" t="s">
-        <v>1585</v>
-[...5 lines deleted...]
-    <row r="1165" spans="1:26" customHeight="1" ht="312">
+        <v>1583</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:26" customHeight="1" ht="322">
       <c r="A1165"/>
       <c r="B1165" t="s">
-        <v>1587</v>
-[...2 lines deleted...]
-    <row r="1166" spans="1:26" customHeight="1" ht="405">
+        <v>1584</v>
+      </c>
+      <c r="C1165" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:26" customHeight="1" ht="325">
       <c r="A1166"/>
       <c r="B1166" t="s">
-        <v>1588</v>
-[...5 lines deleted...]
-    <row r="1167" spans="1:26" customHeight="1" ht="446">
+        <v>1585</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:26" customHeight="1" ht="588">
       <c r="A1167"/>
       <c r="B1167" t="s">
-        <v>1590</v>
+        <v>1586</v>
       </c>
       <c r="C1167" t="s">
-        <v>1591</v>
-[...2 lines deleted...]
-    <row r="1168" spans="1:26" customHeight="1" ht="527">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:26" customHeight="1" ht="444">
       <c r="A1168"/>
       <c r="B1168" t="s">
-        <v>1592</v>
-[...2 lines deleted...]
-    <row r="1169" spans="1:26" customHeight="1" ht="793">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:26" customHeight="1" ht="446">
       <c r="A1169"/>
       <c r="B1169" t="s">
-        <v>1593</v>
-[...2 lines deleted...]
-    <row r="1170" spans="1:26" customHeight="1" ht="227">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:26" customHeight="1" ht="278">
       <c r="A1170"/>
       <c r="B1170" t="s">
-        <v>1594</v>
-[...5 lines deleted...]
-    <row r="1171" spans="1:26" customHeight="1" ht="250">
+        <v>1589</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:26" customHeight="1" ht="779">
       <c r="A1171"/>
       <c r="B1171" t="s">
-        <v>1596</v>
-[...2 lines deleted...]
-    <row r="1172" spans="1:26" customHeight="1" ht="395">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:26" customHeight="1" ht="396">
       <c r="A1172"/>
       <c r="B1172" t="s">
-        <v>1597</v>
+        <v>1591</v>
       </c>
       <c r="C1172" t="s">
-        <v>1598</v>
-[...2 lines deleted...]
-    <row r="1173" spans="1:26" customHeight="1" ht="396">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:26" customHeight="1" ht="595">
       <c r="A1173"/>
       <c r="B1173" t="s">
-        <v>1599</v>
-[...5 lines deleted...]
-    <row r="1174" spans="1:26" customHeight="1" ht="396">
+        <v>1593</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:26" customHeight="1" ht="175">
       <c r="A1174"/>
       <c r="B1174" t="s">
-        <v>1601</v>
-[...5 lines deleted...]
-    <row r="1175" spans="1:26" customHeight="1" ht="396">
+        <v>1594</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:26" customHeight="1" ht="595">
       <c r="A1175"/>
       <c r="B1175" t="s">
-        <v>1603</v>
-[...5 lines deleted...]
-    <row r="1176" spans="1:26" customHeight="1" ht="153">
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:26" customHeight="1" ht="446">
       <c r="A1176"/>
       <c r="B1176" t="s">
-        <v>1605</v>
+        <v>1596</v>
       </c>
       <c r="C1176" t="s">
-        <v>1606</v>
-[...2 lines deleted...]
-    <row r="1177" spans="1:26" customHeight="1" ht="446">
+        <v>1597</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:26" customHeight="1" ht="193">
       <c r="A1177"/>
       <c r="B1177" t="s">
-        <v>1607</v>
-[...5 lines deleted...]
-    <row r="1178" spans="1:26" customHeight="1" ht="446">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:26" customHeight="1" ht="396">
       <c r="A1178"/>
       <c r="B1178" t="s">
-        <v>1609</v>
-[...5 lines deleted...]
-    <row r="1179" spans="1:26" customHeight="1" ht="396">
+        <v>1599</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:26" customHeight="1" ht="612">
       <c r="A1179"/>
       <c r="B1179" t="s">
-        <v>1611</v>
-[...2 lines deleted...]
-    <row r="1180" spans="1:26" customHeight="1" ht="661">
+        <v>1600</v>
+      </c>
+      <c r="C1179" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:26" customHeight="1" ht="393">
       <c r="A1180"/>
       <c r="B1180" t="s">
-        <v>1612</v>
-[...5 lines deleted...]
-    <row r="1181" spans="1:26" customHeight="1" ht="446">
+        <v>1602</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:26" customHeight="1" ht="595">
       <c r="A1181"/>
       <c r="B1181" t="s">
-        <v>1614</v>
-[...5 lines deleted...]
-    <row r="1182" spans="1:26" customHeight="1" ht="894">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:26" customHeight="1" ht="433">
       <c r="A1182"/>
       <c r="B1182" t="s">
-        <v>1616</v>
+        <v>1604</v>
       </c>
       <c r="C1182" t="s">
-        <v>1617</v>
-[...2 lines deleted...]
-    <row r="1183" spans="1:26" customHeight="1" ht="396">
+        <v>1605</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:26" customHeight="1" ht="312">
       <c r="A1183"/>
       <c r="B1183" t="s">
-        <v>1618</v>
-[...5 lines deleted...]
-    <row r="1184" spans="1:26" customHeight="1" ht="560">
+        <v>1606</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:26" customHeight="1" ht="405">
       <c r="A1184"/>
       <c r="B1184" t="s">
-        <v>1620</v>
+        <v>1607</v>
       </c>
       <c r="C1184" t="s">
-        <v>1621</v>
-[...2 lines deleted...]
-    <row r="1185" spans="1:26" customHeight="1" ht="459">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:26" customHeight="1" ht="446">
       <c r="A1185"/>
       <c r="B1185" t="s">
-        <v>1622</v>
-[...2 lines deleted...]
-    <row r="1186" spans="1:26" customHeight="1" ht="375">
+        <v>1609</v>
+      </c>
+      <c r="C1185" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:26" customHeight="1" ht="527">
       <c r="A1186"/>
       <c r="B1186" t="s">
-        <v>1623</v>
-[...5 lines deleted...]
-    <row r="1187" spans="1:26" customHeight="1" ht="396">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:26" customHeight="1" ht="793">
       <c r="A1187"/>
       <c r="B1187" t="s">
-        <v>1625</v>
-[...5 lines deleted...]
-    <row r="1188" spans="1:26" customHeight="1" ht="130">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:26" customHeight="1" ht="227">
       <c r="A1188"/>
       <c r="B1188" t="s">
-        <v>1627</v>
+        <v>1613</v>
       </c>
       <c r="C1188" t="s">
-        <v>1628</v>
-[...2 lines deleted...]
-    <row r="1189" spans="1:26" customHeight="1" ht="396">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:26" customHeight="1" ht="250">
       <c r="A1189"/>
       <c r="B1189" t="s">
-        <v>1629</v>
-[...5 lines deleted...]
-    <row r="1190" spans="1:26" customHeight="1" ht="396">
+        <v>1615</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:26" customHeight="1" ht="395">
       <c r="A1190"/>
       <c r="B1190" t="s">
-        <v>1631</v>
+        <v>1616</v>
       </c>
       <c r="C1190" t="s">
-        <v>1632</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="1191" spans="1:26" customHeight="1" ht="396">
       <c r="A1191"/>
       <c r="B1191" t="s">
-        <v>1633</v>
+        <v>1618</v>
       </c>
       <c r="C1191" t="s">
-        <v>1634</v>
-[...2 lines deleted...]
-    <row r="1192" spans="1:26" customHeight="1" ht="303">
+        <v>1619</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:26" customHeight="1" ht="396">
       <c r="A1192"/>
       <c r="B1192" t="s">
-        <v>1635</v>
+        <v>1620</v>
       </c>
       <c r="C1192" t="s">
-        <v>1636</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="1193" spans="1:26" customHeight="1" ht="396">
       <c r="A1193"/>
       <c r="B1193" t="s">
-        <v>1637</v>
+        <v>1622</v>
       </c>
       <c r="C1193" t="s">
-        <v>1638</v>
-[...2 lines deleted...]
-    <row r="1194" spans="1:26" customHeight="1" ht="892">
+        <v>1623</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:26" customHeight="1" ht="153">
       <c r="A1194"/>
       <c r="B1194" t="s">
-        <v>1639</v>
+        <v>1624</v>
       </c>
       <c r="C1194" t="s">
-        <v>1640</v>
-[...2 lines deleted...]
-    <row r="1195" spans="1:26" customHeight="1" ht="396">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:26" customHeight="1" ht="446">
       <c r="A1195"/>
       <c r="B1195" t="s">
-        <v>1641</v>
+        <v>1626</v>
       </c>
       <c r="C1195" t="s">
-        <v>1642</v>
-[...2 lines deleted...]
-    <row r="1196" spans="1:26" customHeight="1" ht="396">
+        <v>1627</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:26" customHeight="1" ht="446">
       <c r="A1196"/>
       <c r="B1196" t="s">
-        <v>1643</v>
+        <v>1628</v>
       </c>
       <c r="C1196" t="s">
-        <v>1644</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="1197" spans="1:26" customHeight="1" ht="396">
       <c r="A1197"/>
       <c r="B1197" t="s">
-        <v>1645</v>
-[...5 lines deleted...]
-    <row r="1198" spans="1:26" customHeight="1" ht="396">
+        <v>1630</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:26" customHeight="1" ht="661">
       <c r="A1198"/>
       <c r="B1198" t="s">
-        <v>1646</v>
+        <v>1631</v>
       </c>
       <c r="C1198" t="s">
-        <v>1644</v>
-[...2 lines deleted...]
-    <row r="1199" spans="1:26" customHeight="1" ht="396">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:26" customHeight="1" ht="446">
       <c r="A1199"/>
       <c r="B1199" t="s">
-        <v>1647</v>
+        <v>1633</v>
       </c>
       <c r="C1199" t="s">
-        <v>1644</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="1200" spans="1:26" customHeight="1" ht="894">
       <c r="A1200"/>
       <c r="B1200" t="s">
-        <v>1648</v>
+        <v>1635</v>
       </c>
       <c r="C1200" t="s">
-        <v>1644</v>
-[...2 lines deleted...]
-    <row r="1201" spans="1:26" customHeight="1" ht="894">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:26" customHeight="1" ht="396">
       <c r="A1201"/>
       <c r="B1201" t="s">
-        <v>1649</v>
+        <v>1637</v>
       </c>
       <c r="C1201" t="s">
-        <v>1650</v>
-[...2 lines deleted...]
-    <row r="1202" spans="1:26" customHeight="1" ht="894">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:26" customHeight="1" ht="560">
       <c r="A1202"/>
       <c r="B1202" t="s">
-        <v>1651</v>
+        <v>1639</v>
       </c>
       <c r="C1202" t="s">
-        <v>1652</v>
-[...2 lines deleted...]
-    <row r="1203" spans="1:26" customHeight="1" ht="894">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:26" customHeight="1" ht="459">
       <c r="A1203"/>
       <c r="B1203" t="s">
-        <v>1653</v>
-[...5 lines deleted...]
-    <row r="1204" spans="1:26" customHeight="1" ht="894">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:26" customHeight="1" ht="375">
       <c r="A1204"/>
       <c r="B1204" t="s">
-        <v>1655</v>
+        <v>1642</v>
       </c>
       <c r="C1204" t="s">
-        <v>1644</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="1205" spans="1:26" customHeight="1" ht="396">
       <c r="A1205"/>
       <c r="B1205" t="s">
-        <v>1656</v>
+        <v>1644</v>
       </c>
       <c r="C1205" t="s">
-        <v>1657</v>
-[...2 lines deleted...]
-    <row r="1206" spans="1:26" customHeight="1" ht="894">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:26" customHeight="1" ht="130">
       <c r="A1206"/>
       <c r="B1206" t="s">
-        <v>1658</v>
+        <v>1646</v>
       </c>
       <c r="C1206" t="s">
-        <v>1644</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="1207" spans="1:26" customHeight="1" ht="396">
       <c r="A1207"/>
       <c r="B1207" t="s">
-        <v>1659</v>
+        <v>1648</v>
       </c>
       <c r="C1207" t="s">
-        <v>1660</v>
-[...2 lines deleted...]
-    <row r="1208" spans="1:26" customHeight="1" ht="427">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:26" customHeight="1" ht="396">
       <c r="A1208"/>
       <c r="B1208" t="s">
-        <v>1661</v>
+        <v>1650</v>
       </c>
       <c r="C1208" t="s">
-        <v>1662</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="1209" spans="1:26" customHeight="1" ht="396">
       <c r="A1209"/>
       <c r="B1209" t="s">
-        <v>1663</v>
+        <v>1652</v>
       </c>
       <c r="C1209" t="s">
-        <v>1644</v>
-[...2 lines deleted...]
-    <row r="1210" spans="1:26" customHeight="1" ht="396">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:26" customHeight="1" ht="303">
       <c r="A1210"/>
       <c r="B1210" t="s">
-        <v>1664</v>
+        <v>1654</v>
       </c>
       <c r="C1210" t="s">
-        <v>1644</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="1211" spans="1:26" customHeight="1" ht="396">
       <c r="A1211"/>
       <c r="B1211" t="s">
-        <v>1665</v>
+        <v>1656</v>
       </c>
       <c r="C1211" t="s">
-        <v>1644</v>
-[...2 lines deleted...]
-    <row r="1212" spans="1:26" customHeight="1" ht="894">
+        <v>1657</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:26" customHeight="1" ht="892">
       <c r="A1212"/>
       <c r="B1212" t="s">
-        <v>1666</v>
+        <v>1658</v>
       </c>
       <c r="C1212" t="s">
-        <v>1667</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="1213" spans="1:26" customHeight="1" ht="396">
       <c r="A1213"/>
       <c r="B1213" t="s">
-        <v>1668</v>
+        <v>1660</v>
       </c>
       <c r="C1213" t="s">
-        <v>1644</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="1214" spans="1:26" customHeight="1" ht="396">
       <c r="A1214"/>
       <c r="B1214" t="s">
-        <v>1669</v>
+        <v>1662</v>
       </c>
       <c r="C1214" t="s">
-        <v>1670</v>
-[...2 lines deleted...]
-    <row r="1215" spans="1:26" customHeight="1" ht="408">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="1215" spans="1:26" customHeight="1" ht="396">
       <c r="A1215"/>
       <c r="B1215" t="s">
-        <v>1671</v>
+        <v>1664</v>
       </c>
       <c r="C1215" t="s">
-        <v>1644</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="1216" spans="1:26" customHeight="1" ht="396">
       <c r="A1216"/>
       <c r="B1216" t="s">
-        <v>1672</v>
+        <v>1665</v>
       </c>
       <c r="C1216" t="s">
-        <v>1644</v>
-[...2 lines deleted...]
-    <row r="1217" spans="1:26" customHeight="1" ht="405">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:26" customHeight="1" ht="396">
       <c r="A1217"/>
       <c r="B1217" t="s">
-        <v>1673</v>
+        <v>1666</v>
       </c>
       <c r="C1217" t="s">
-        <v>1674</v>
-[...2 lines deleted...]
-    <row r="1218" spans="1:26" customHeight="1" ht="414">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:26" customHeight="1" ht="894">
       <c r="A1218"/>
       <c r="B1218" t="s">
-        <v>1675</v>
+        <v>1667</v>
       </c>
       <c r="C1218" t="s">
-        <v>1644</v>
-[...2 lines deleted...]
-    <row r="1219" spans="1:26" customHeight="1" ht="403">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:26" customHeight="1" ht="894">
       <c r="A1219"/>
       <c r="B1219" t="s">
-        <v>1676</v>
+        <v>1668</v>
       </c>
       <c r="C1219" t="s">
-        <v>1644</v>
-[...2 lines deleted...]
-    <row r="1220" spans="1:26" customHeight="1" ht="396">
+        <v>1669</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:26" customHeight="1" ht="894">
       <c r="A1220"/>
       <c r="B1220" t="s">
-        <v>1677</v>
+        <v>1670</v>
       </c>
       <c r="C1220" t="s">
-        <v>1644</v>
-[...2 lines deleted...]
-    <row r="1221" spans="1:26" customHeight="1" ht="407">
+        <v>1671</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:26" customHeight="1" ht="894">
       <c r="A1221"/>
       <c r="B1221" t="s">
-        <v>1678</v>
+        <v>1672</v>
       </c>
       <c r="C1221" t="s">
-        <v>1662</v>
-[...2 lines deleted...]
-    <row r="1222" spans="1:26" customHeight="1" ht="396">
+        <v>1673</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:26" customHeight="1" ht="894">
       <c r="A1222"/>
       <c r="B1222" t="s">
-        <v>1679</v>
+        <v>1674</v>
       </c>
       <c r="C1222" t="s">
-        <v>1660</v>
-[...2 lines deleted...]
-    <row r="1223" spans="1:26" customHeight="1" ht="894">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:26" customHeight="1" ht="396">
       <c r="A1223"/>
       <c r="B1223" t="s">
-        <v>1680</v>
+        <v>1675</v>
       </c>
       <c r="C1223" t="s">
-        <v>1644</v>
-[...2 lines deleted...]
-    <row r="1224" spans="1:26" customHeight="1" ht="396">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:26" customHeight="1" ht="894">
       <c r="A1224"/>
       <c r="B1224" t="s">
-        <v>1681</v>
+        <v>1677</v>
       </c>
       <c r="C1224" t="s">
-        <v>1682</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="1225" spans="1:26" customHeight="1" ht="396">
       <c r="A1225"/>
       <c r="B1225" t="s">
-        <v>1683</v>
+        <v>1678</v>
       </c>
       <c r="C1225" t="s">
-        <v>1644</v>
-[...2 lines deleted...]
-    <row r="1226" spans="1:26" customHeight="1" ht="396">
+        <v>1679</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:26" customHeight="1" ht="427">
       <c r="A1226"/>
       <c r="B1226" t="s">
-        <v>1684</v>
+        <v>1680</v>
       </c>
       <c r="C1226" t="s">
-        <v>1644</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="1227" spans="1:26" customHeight="1" ht="396">
       <c r="A1227"/>
       <c r="B1227" t="s">
-        <v>1685</v>
+        <v>1682</v>
       </c>
       <c r="C1227" t="s">
-        <v>1686</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="1228" spans="1:26" customHeight="1" ht="396">
       <c r="A1228"/>
       <c r="B1228" t="s">
-        <v>1687</v>
+        <v>1683</v>
       </c>
       <c r="C1228" t="s">
-        <v>1688</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="1229" spans="1:26" customHeight="1" ht="396">
       <c r="A1229"/>
       <c r="B1229" t="s">
-        <v>1689</v>
+        <v>1684</v>
       </c>
       <c r="C1229" t="s">
-        <v>1690</v>
-[...2 lines deleted...]
-    <row r="1230" spans="1:26" customHeight="1" ht="396">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:26" customHeight="1" ht="894">
       <c r="A1230"/>
       <c r="B1230" t="s">
-        <v>1691</v>
+        <v>1685</v>
       </c>
       <c r="C1230" t="s">
-        <v>1644</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="1231" spans="1:26" customHeight="1" ht="396">
       <c r="A1231"/>
       <c r="B1231" t="s">
-        <v>1692</v>
+        <v>1687</v>
       </c>
       <c r="C1231" t="s">
-        <v>1644</v>
-[...2 lines deleted...]
-    <row r="1232" spans="1:26" customHeight="1" ht="894">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:26" customHeight="1" ht="396">
       <c r="A1232"/>
       <c r="B1232" t="s">
-        <v>1693</v>
+        <v>1688</v>
       </c>
       <c r="C1232" t="s">
-        <v>1694</v>
-[...2 lines deleted...]
-    <row r="1233" spans="1:26" customHeight="1" ht="396">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:26" customHeight="1" ht="408">
       <c r="A1233"/>
       <c r="B1233" t="s">
-        <v>1695</v>
+        <v>1690</v>
       </c>
       <c r="C1233" t="s">
-        <v>1644</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="1234" spans="1:26" customHeight="1" ht="396">
       <c r="A1234"/>
       <c r="B1234" t="s">
-        <v>1696</v>
+        <v>1691</v>
       </c>
       <c r="C1234" t="s">
-        <v>1697</v>
-[...2 lines deleted...]
-    <row r="1235" spans="1:26" customHeight="1" ht="396">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:26" customHeight="1" ht="405">
       <c r="A1235"/>
       <c r="B1235" t="s">
-        <v>1698</v>
+        <v>1692</v>
       </c>
       <c r="C1235" t="s">
-        <v>1644</v>
-[...2 lines deleted...]
-    <row r="1236" spans="1:26" customHeight="1" ht="894">
+        <v>1693</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:26" customHeight="1" ht="414">
       <c r="A1236"/>
       <c r="B1236" t="s">
-        <v>1699</v>
+        <v>1694</v>
       </c>
       <c r="C1236" t="s">
-        <v>1700</v>
-[...2 lines deleted...]
-    <row r="1237" spans="1:26" customHeight="1" ht="396">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:26" customHeight="1" ht="403">
       <c r="A1237"/>
       <c r="B1237" t="s">
-        <v>1701</v>
+        <v>1695</v>
       </c>
       <c r="C1237" t="s">
-        <v>1644</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="1238" spans="1:26" customHeight="1" ht="396">
       <c r="A1238"/>
       <c r="B1238" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="C1238" t="s">
-        <v>1703</v>
-[...2 lines deleted...]
-    <row r="1239" spans="1:26" customHeight="1" ht="396">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:26" customHeight="1" ht="407">
       <c r="A1239"/>
       <c r="B1239" t="s">
-        <v>1704</v>
+        <v>1697</v>
       </c>
       <c r="C1239" t="s">
-        <v>1703</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="1240" spans="1:26" customHeight="1" ht="396">
       <c r="A1240"/>
       <c r="B1240" t="s">
-        <v>1705</v>
+        <v>1698</v>
       </c>
       <c r="C1240" t="s">
-        <v>1703</v>
-[...2 lines deleted...]
-    <row r="1241" spans="1:26" customHeight="1" ht="396">
+        <v>1679</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:26" customHeight="1" ht="894">
       <c r="A1241"/>
       <c r="B1241" t="s">
-        <v>1706</v>
+        <v>1699</v>
       </c>
       <c r="C1241" t="s">
-        <v>1703</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="1242" spans="1:26" customHeight="1" ht="396">
       <c r="A1242"/>
       <c r="B1242" t="s">
-        <v>1707</v>
+        <v>1700</v>
       </c>
       <c r="C1242" t="s">
-        <v>1703</v>
-[...2 lines deleted...]
-    <row r="1243" spans="1:26" customHeight="1" ht="595">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:26" customHeight="1" ht="396">
       <c r="A1243"/>
       <c r="B1243" t="s">
-        <v>1708</v>
+        <v>1702</v>
       </c>
       <c r="C1243" t="s">
-        <v>1709</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="1244" spans="1:26" customHeight="1" ht="396">
       <c r="A1244"/>
       <c r="B1244" t="s">
-        <v>1710</v>
+        <v>1703</v>
       </c>
       <c r="C1244" t="s">
-        <v>1711</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="1245" spans="1:26" customHeight="1" ht="396">
       <c r="A1245"/>
       <c r="B1245" t="s">
-        <v>1712</v>
+        <v>1704</v>
       </c>
       <c r="C1245" t="s">
-        <v>1713</v>
-[...2 lines deleted...]
-    <row r="1246" spans="1:26" customHeight="1" ht="894">
+        <v>1705</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:26" customHeight="1" ht="396">
       <c r="A1246"/>
       <c r="B1246" t="s">
-        <v>1714</v>
+        <v>1706</v>
       </c>
       <c r="C1246" t="s">
-        <v>1626</v>
-[...2 lines deleted...]
-    <row r="1247" spans="1:26" customHeight="1" ht="894">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:26" customHeight="1" ht="396">
       <c r="A1247"/>
       <c r="B1247" t="s">
-        <v>1715</v>
+        <v>1708</v>
       </c>
       <c r="C1247" t="s">
-        <v>1626</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="1248" spans="1:26" customHeight="1" ht="396">
       <c r="A1248"/>
       <c r="B1248" t="s">
-        <v>1716</v>
+        <v>1710</v>
       </c>
       <c r="C1248" t="s">
-        <v>1717</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="1249" spans="1:26" customHeight="1" ht="396">
       <c r="A1249"/>
       <c r="B1249" t="s">
-        <v>1718</v>
+        <v>1711</v>
       </c>
       <c r="C1249" t="s">
-        <v>1626</v>
-[...2 lines deleted...]
-    <row r="1250" spans="1:26" customHeight="1" ht="396">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:26" customHeight="1" ht="894">
       <c r="A1250"/>
       <c r="B1250" t="s">
-        <v>1719</v>
+        <v>1712</v>
       </c>
       <c r="C1250" t="s">
-        <v>1626</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="1251" spans="1:26" customHeight="1" ht="396">
       <c r="A1251"/>
       <c r="B1251" t="s">
-        <v>1720</v>
+        <v>1714</v>
       </c>
       <c r="C1251" t="s">
-        <v>1626</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="1252" spans="1:26" customHeight="1" ht="396">
       <c r="A1252"/>
       <c r="B1252" t="s">
-        <v>1721</v>
+        <v>1715</v>
       </c>
       <c r="C1252" t="s">
-        <v>1626</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="1253" spans="1:26" customHeight="1" ht="396">
       <c r="A1253"/>
       <c r="B1253" t="s">
-        <v>1722</v>
+        <v>1717</v>
       </c>
       <c r="C1253" t="s">
-        <v>1626</v>
-[...2 lines deleted...]
-    <row r="1254" spans="1:26" customHeight="1" ht="396">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:26" customHeight="1" ht="894">
       <c r="A1254"/>
       <c r="B1254" t="s">
-        <v>1723</v>
+        <v>1718</v>
       </c>
       <c r="C1254" t="s">
-        <v>1626</v>
-[...2 lines deleted...]
-    <row r="1255" spans="1:26" customHeight="1" ht="894">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:26" customHeight="1" ht="396">
       <c r="A1255"/>
       <c r="B1255" t="s">
-        <v>1724</v>
+        <v>1720</v>
       </c>
       <c r="C1255" t="s">
-        <v>1626</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="1256" spans="1:26" customHeight="1" ht="396">
       <c r="A1256"/>
       <c r="B1256" t="s">
-        <v>1725</v>
+        <v>1721</v>
       </c>
       <c r="C1256" t="s">
-        <v>1726</v>
-[...2 lines deleted...]
-    <row r="1257" spans="1:26" customHeight="1" ht="342">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:26" customHeight="1" ht="396">
       <c r="A1257"/>
       <c r="B1257" t="s">
-        <v>1727</v>
+        <v>1723</v>
       </c>
       <c r="C1257" t="s">
-        <v>1626</v>
-[...2 lines deleted...]
-    <row r="1258" spans="1:26" customHeight="1" ht="940">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:26" customHeight="1" ht="396">
       <c r="A1258"/>
       <c r="B1258" t="s">
-        <v>1728</v>
+        <v>1724</v>
       </c>
       <c r="C1258" t="s">
-        <v>1626</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="1259" spans="1:26" customHeight="1" ht="396">
       <c r="A1259"/>
       <c r="B1259" t="s">
-        <v>1729</v>
+        <v>1725</v>
       </c>
       <c r="C1259" t="s">
-        <v>1626</v>
-[...2 lines deleted...]
-    <row r="1260" spans="1:26" customHeight="1" ht="894">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:26" customHeight="1" ht="396">
       <c r="A1260"/>
       <c r="B1260" t="s">
-        <v>1730</v>
+        <v>1726</v>
       </c>
       <c r="C1260" t="s">
-        <v>1626</v>
-[...2 lines deleted...]
-    <row r="1261" spans="1:26" customHeight="1" ht="396">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:26" customHeight="1" ht="595">
       <c r="A1261"/>
       <c r="B1261" t="s">
-        <v>1731</v>
+        <v>1727</v>
       </c>
       <c r="C1261" t="s">
-        <v>1626</v>
-[...2 lines deleted...]
-    <row r="1262" spans="1:26" customHeight="1" ht="894">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:26" customHeight="1" ht="396">
       <c r="A1262"/>
       <c r="B1262" t="s">
-        <v>1732</v>
+        <v>1729</v>
       </c>
       <c r="C1262" t="s">
-        <v>1733</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="1263" spans="1:26" customHeight="1" ht="396">
       <c r="A1263"/>
       <c r="B1263" t="s">
-        <v>1734</v>
+        <v>1731</v>
       </c>
       <c r="C1263" t="s">
-        <v>1735</v>
-[...2 lines deleted...]
-    <row r="1264" spans="1:26" customHeight="1" ht="396">
+        <v>1732</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:26" customHeight="1" ht="894">
       <c r="A1264"/>
       <c r="B1264" t="s">
-        <v>1736</v>
+        <v>1733</v>
       </c>
       <c r="C1264" t="s">
-        <v>1737</v>
-[...2 lines deleted...]
-    <row r="1265" spans="1:26" customHeight="1" ht="396">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:26" customHeight="1" ht="894">
       <c r="A1265"/>
       <c r="B1265" t="s">
-        <v>1738</v>
+        <v>1734</v>
       </c>
       <c r="C1265" t="s">
-        <v>1739</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="1266" spans="1:26" customHeight="1" ht="396">
       <c r="A1266"/>
       <c r="B1266" t="s">
-        <v>1740</v>
+        <v>1735</v>
       </c>
       <c r="C1266" t="s">
-        <v>1741</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="1267" spans="1:26" customHeight="1" ht="396">
       <c r="A1267"/>
       <c r="B1267" t="s">
-        <v>1742</v>
+        <v>1737</v>
       </c>
       <c r="C1267" t="s">
-        <v>1743</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="1268" spans="1:26" customHeight="1" ht="396">
       <c r="A1268"/>
       <c r="B1268" t="s">
-        <v>1744</v>
+        <v>1738</v>
       </c>
       <c r="C1268" t="s">
-        <v>1745</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="1269" spans="1:26" customHeight="1" ht="396">
       <c r="A1269"/>
       <c r="B1269" t="s">
-        <v>1746</v>
+        <v>1739</v>
       </c>
       <c r="C1269" t="s">
-        <v>1747</v>
-[...2 lines deleted...]
-    <row r="1270" spans="1:26" customHeight="1" ht="182">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:26" customHeight="1" ht="396">
       <c r="A1270"/>
       <c r="B1270" t="s">
-        <v>1748</v>
+        <v>1740</v>
       </c>
       <c r="C1270" t="s">
-        <v>1749</v>
-[...2 lines deleted...]
-    <row r="1271" spans="1:26" customHeight="1" ht="793">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:26" customHeight="1" ht="396">
       <c r="A1271"/>
       <c r="B1271" t="s">
-        <v>1750</v>
+        <v>1741</v>
       </c>
       <c r="C1271" t="s">
-        <v>1751</v>
-[...2 lines deleted...]
-    <row r="1272" spans="1:26" customHeight="1" ht="595">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:26" customHeight="1" ht="396">
       <c r="A1272"/>
       <c r="B1272" t="s">
-        <v>1752</v>
+        <v>1742</v>
       </c>
       <c r="C1272" t="s">
-        <v>1753</v>
-[...2 lines deleted...]
-    <row r="1273" spans="1:26" customHeight="1" ht="337">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:26" customHeight="1" ht="894">
       <c r="A1273"/>
       <c r="B1273" t="s">
-        <v>1754</v>
-[...2 lines deleted...]
-    <row r="1274" spans="1:26" customHeight="1" ht="246">
+        <v>1743</v>
+      </c>
+      <c r="C1273" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:26" customHeight="1" ht="396">
       <c r="A1274"/>
       <c r="B1274" t="s">
-        <v>1755</v>
-[...2 lines deleted...]
-    <row r="1275" spans="1:26" customHeight="1" ht="192">
+        <v>1744</v>
+      </c>
+      <c r="C1274" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:26" customHeight="1" ht="342">
       <c r="A1275"/>
       <c r="B1275" t="s">
-        <v>1756</v>
-[...2 lines deleted...]
-    <row r="1276" spans="1:26" customHeight="1" ht="196">
+        <v>1746</v>
+      </c>
+      <c r="C1275" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:26" customHeight="1" ht="940">
       <c r="A1276"/>
       <c r="B1276" t="s">
-        <v>1757</v>
-[...2 lines deleted...]
-    <row r="1277" spans="1:26" customHeight="1" ht="262">
+        <v>1747</v>
+      </c>
+      <c r="C1276" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:26" customHeight="1" ht="396">
       <c r="A1277"/>
       <c r="B1277" t="s">
-        <v>1758</v>
-[...2 lines deleted...]
-    <row r="1278" spans="1:26" customHeight="1" ht="376">
+        <v>1748</v>
+      </c>
+      <c r="C1277" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:26" customHeight="1" ht="894">
       <c r="A1278"/>
       <c r="B1278" t="s">
-        <v>1759</v>
-[...2 lines deleted...]
-    <row r="1279" spans="1:26" customHeight="1" ht="289">
+        <v>1749</v>
+      </c>
+      <c r="C1278" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:26" customHeight="1" ht="396">
       <c r="A1279"/>
       <c r="B1279" t="s">
-        <v>1760</v>
-[...2 lines deleted...]
-    <row r="1280" spans="1:26" customHeight="1" ht="443">
+        <v>1750</v>
+      </c>
+      <c r="C1279" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:26" customHeight="1" ht="894">
       <c r="A1280"/>
       <c r="B1280" t="s">
-        <v>1761</v>
-[...2 lines deleted...]
-    <row r="1281" spans="1:26" customHeight="1" ht="217">
+        <v>1751</v>
+      </c>
+      <c r="C1280" t="s">
+        <v>1752</v>
+      </c>
+    </row>
+    <row r="1281" spans="1:26" customHeight="1" ht="396">
       <c r="A1281"/>
       <c r="B1281" t="s">
-        <v>1762</v>
-[...2 lines deleted...]
-    <row r="1282" spans="1:26" customHeight="1" ht="463">
+        <v>1753</v>
+      </c>
+      <c r="C1281" t="s">
+        <v>1754</v>
+      </c>
+    </row>
+    <row r="1282" spans="1:26" customHeight="1" ht="396">
       <c r="A1282"/>
       <c r="B1282" t="s">
-        <v>1763</v>
+        <v>1755</v>
       </c>
       <c r="C1282" t="s">
-        <v>1764</v>
-[...2 lines deleted...]
-    <row r="1283" spans="1:26" customHeight="1" ht="413">
+        <v>1756</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:26" customHeight="1" ht="396">
       <c r="A1283"/>
       <c r="B1283" t="s">
-        <v>1765</v>
+        <v>1757</v>
       </c>
       <c r="C1283" t="s">
-        <v>1766</v>
-[...2 lines deleted...]
-    <row r="1284" spans="1:26" customHeight="1" ht="601">
+        <v>1758</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:26" customHeight="1" ht="396">
       <c r="A1284"/>
       <c r="B1284" t="s">
-        <v>1767</v>
-[...2 lines deleted...]
-    <row r="1285" spans="1:26" customHeight="1" ht="243">
+        <v>1759</v>
+      </c>
+      <c r="C1284" t="s">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:26" customHeight="1" ht="396">
       <c r="A1285"/>
       <c r="B1285" t="s">
-        <v>1768</v>
+        <v>1761</v>
       </c>
       <c r="C1285" t="s">
-        <v>1582</v>
-[...2 lines deleted...]
-    <row r="1286" spans="1:26" customHeight="1" ht="444">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:26" customHeight="1" ht="396">
       <c r="A1286"/>
       <c r="B1286" t="s">
-        <v>1769</v>
-[...2 lines deleted...]
-    <row r="1287" spans="1:26" customHeight="1" ht="653">
+        <v>1763</v>
+      </c>
+      <c r="C1286" t="s">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="1287" spans="1:26" customHeight="1" ht="396">
       <c r="A1287"/>
       <c r="B1287" t="s">
-        <v>1770</v>
+        <v>1765</v>
       </c>
       <c r="C1287" t="s">
-        <v>1626</v>
-[...2 lines deleted...]
-    <row r="1288" spans="1:26" customHeight="1" ht="329">
+        <v>1766</v>
+      </c>
+    </row>
+    <row r="1288" spans="1:26" customHeight="1" ht="182">
       <c r="A1288"/>
       <c r="B1288" t="s">
-        <v>1771</v>
+        <v>1767</v>
       </c>
       <c r="C1288" t="s">
-        <v>1613</v>
-[...2 lines deleted...]
-    <row r="1289" spans="1:26" customHeight="1" ht="971">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="1289" spans="1:26" customHeight="1" ht="793">
       <c r="A1289"/>
       <c r="B1289" t="s">
-        <v>1772</v>
-[...2 lines deleted...]
-    <row r="1290" spans="1:26" customHeight="1" ht="304">
+        <v>1769</v>
+      </c>
+      <c r="C1289" t="s">
+        <v>1770</v>
+      </c>
+    </row>
+    <row r="1290" spans="1:26" customHeight="1" ht="595">
       <c r="A1290"/>
       <c r="B1290" t="s">
-        <v>1773</v>
-[...2 lines deleted...]
-    <row r="1291" spans="1:26" customHeight="1" ht="317">
+        <v>1771</v>
+      </c>
+      <c r="C1290" t="s">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="1291" spans="1:26" customHeight="1" ht="337">
       <c r="A1291"/>
       <c r="B1291" t="s">
-        <v>1774</v>
-[...2 lines deleted...]
-    <row r="1292" spans="1:26" customHeight="1" ht="287">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="1292" spans="1:26" customHeight="1" ht="246">
       <c r="A1292"/>
       <c r="B1292" t="s">
-        <v>1775</v>
-[...2 lines deleted...]
-    <row r="1293" spans="1:26" customHeight="1" ht="446">
+        <v>1774</v>
+      </c>
+    </row>
+    <row r="1293" spans="1:26" customHeight="1" ht="192">
       <c r="A1293"/>
       <c r="B1293" t="s">
-        <v>1776</v>
-[...2 lines deleted...]
-    <row r="1294" spans="1:26" customHeight="1" ht="269">
+        <v>1775</v>
+      </c>
+    </row>
+    <row r="1294" spans="1:26" customHeight="1" ht="196">
       <c r="A1294"/>
       <c r="B1294" t="s">
-        <v>1777</v>
-[...5 lines deleted...]
-    <row r="1295" spans="1:26" customHeight="1" ht="228">
+        <v>1776</v>
+      </c>
+    </row>
+    <row r="1295" spans="1:26" customHeight="1" ht="262">
       <c r="A1295"/>
       <c r="B1295" t="s">
-        <v>1779</v>
+        <v>1777</v>
       </c>
       <c r="C1295" t="s">
-        <v>1780</v>
-[...2 lines deleted...]
-    <row r="1296" spans="1:26" customHeight="1" ht="446">
+        <v>1559</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:26" customHeight="1" ht="376">
       <c r="A1296"/>
       <c r="B1296" t="s">
-        <v>1781</v>
-[...2 lines deleted...]
-    <row r="1297" spans="1:26" customHeight="1" ht="595">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="1297" spans="1:26" customHeight="1" ht="289">
       <c r="A1297"/>
       <c r="B1297" t="s">
-        <v>1782</v>
-[...2 lines deleted...]
-    <row r="1298" spans="1:26" customHeight="1" ht="524">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="1298" spans="1:26" customHeight="1" ht="443">
       <c r="A1298"/>
       <c r="B1298" t="s">
-        <v>1783</v>
-[...2 lines deleted...]
-    <row r="1299" spans="1:26" customHeight="1" ht="446">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="1299" spans="1:26" customHeight="1" ht="217">
       <c r="A1299"/>
       <c r="B1299" t="s">
-        <v>1784</v>
-[...2 lines deleted...]
-    <row r="1300" spans="1:26" customHeight="1" ht="232">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="1300" spans="1:26" customHeight="1" ht="463">
       <c r="A1300"/>
       <c r="B1300" t="s">
-        <v>1785</v>
+        <v>1782</v>
       </c>
       <c r="C1300" t="s">
-        <v>1613</v>
-[...2 lines deleted...]
-    <row r="1301" spans="1:26" customHeight="1" ht="220">
+        <v>1783</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:26" customHeight="1" ht="413">
       <c r="A1301"/>
       <c r="B1301" t="s">
-        <v>1786</v>
+        <v>1784</v>
       </c>
       <c r="C1301" t="s">
-        <v>1787</v>
-[...2 lines deleted...]
-    <row r="1302" spans="1:26" customHeight="1" ht="445">
+        <v>1785</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:26" customHeight="1" ht="601">
       <c r="A1302"/>
       <c r="B1302" t="s">
-        <v>1788</v>
-[...2 lines deleted...]
-    <row r="1303" spans="1:26" customHeight="1" ht="286">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="1303" spans="1:26" customHeight="1" ht="243">
       <c r="A1303"/>
       <c r="B1303" t="s">
-        <v>1789</v>
-[...2 lines deleted...]
-    <row r="1304" spans="1:26" customHeight="1" ht="334">
+        <v>1787</v>
+      </c>
+      <c r="C1303" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:26" customHeight="1" ht="444">
       <c r="A1304"/>
       <c r="B1304" t="s">
-        <v>1790</v>
-[...5 lines deleted...]
-    <row r="1305" spans="1:26" customHeight="1" ht="321">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="1305" spans="1:26" customHeight="1" ht="653">
       <c r="A1305"/>
       <c r="B1305" t="s">
-        <v>1792</v>
-[...2 lines deleted...]
-    <row r="1306" spans="1:26" customHeight="1" ht="257">
+        <v>1789</v>
+      </c>
+      <c r="C1305" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="1306" spans="1:26" customHeight="1" ht="329">
       <c r="A1306"/>
       <c r="B1306" t="s">
-        <v>1793</v>
+        <v>1790</v>
       </c>
       <c r="C1306" t="s">
-        <v>1613</v>
-[...2 lines deleted...]
-    <row r="1307" spans="1:26" customHeight="1" ht="268">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:26" customHeight="1" ht="971">
       <c r="A1307"/>
       <c r="B1307" t="s">
-        <v>1794</v>
-[...5 lines deleted...]
-    <row r="1308" spans="1:26" customHeight="1" ht="840">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="1308" spans="1:26" customHeight="1" ht="304">
       <c r="A1308"/>
       <c r="B1308" t="s">
-        <v>1795</v>
-[...5 lines deleted...]
-    <row r="1309" spans="1:26" customHeight="1" ht="343">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="1309" spans="1:26" customHeight="1" ht="317">
       <c r="A1309"/>
       <c r="B1309" t="s">
-        <v>1796</v>
-[...5 lines deleted...]
-    <row r="1310" spans="1:26" customHeight="1" ht="323">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="1310" spans="1:26" customHeight="1" ht="287">
       <c r="A1310"/>
       <c r="B1310" t="s">
-        <v>1797</v>
-[...5 lines deleted...]
-    <row r="1311" spans="1:26" customHeight="1" ht="242">
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="1311" spans="1:26" customHeight="1" ht="446">
       <c r="A1311"/>
       <c r="B1311" t="s">
-        <v>1798</v>
-[...5 lines deleted...]
-    <row r="1312" spans="1:26" customHeight="1" ht="654">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:26" customHeight="1" ht="269">
       <c r="A1312"/>
       <c r="B1312" t="s">
-        <v>1799</v>
+        <v>1796</v>
       </c>
       <c r="C1312" t="s">
-        <v>1613</v>
-[...2 lines deleted...]
-    <row r="1313" spans="1:26" customHeight="1" ht="358">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:26" customHeight="1" ht="228">
       <c r="A1313"/>
       <c r="B1313" t="s">
-        <v>1800</v>
+        <v>1798</v>
       </c>
       <c r="C1313" t="s">
-        <v>1613</v>
-[...2 lines deleted...]
-    <row r="1314" spans="1:26" customHeight="1" ht="250">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="1314" spans="1:26" customHeight="1" ht="446">
       <c r="A1314"/>
       <c r="B1314" t="s">
-        <v>1801</v>
-[...5 lines deleted...]
-    <row r="1315" spans="1:26" customHeight="1" ht="685">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:26" customHeight="1" ht="595">
       <c r="A1315"/>
       <c r="B1315" t="s">
-        <v>1802</v>
-[...5 lines deleted...]
-    <row r="1316" spans="1:26" customHeight="1" ht="284">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:26" customHeight="1" ht="524">
       <c r="A1316"/>
       <c r="B1316" t="s">
-        <v>1803</v>
-[...5 lines deleted...]
-    <row r="1317" spans="1:26" customHeight="1" ht="333">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:26" customHeight="1" ht="446">
       <c r="A1317"/>
       <c r="B1317" t="s">
-        <v>1804</v>
-[...5 lines deleted...]
-    <row r="1318" spans="1:26" customHeight="1" ht="267">
+        <v>1803</v>
+      </c>
+    </row>
+    <row r="1318" spans="1:26" customHeight="1" ht="232">
       <c r="A1318"/>
       <c r="B1318" t="s">
-        <v>1805</v>
+        <v>1804</v>
       </c>
       <c r="C1318" t="s">
-        <v>1806</v>
-[...2 lines deleted...]
-    <row r="1319" spans="1:26" customHeight="1" ht="446">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="1319" spans="1:26" customHeight="1" ht="220">
       <c r="A1319"/>
       <c r="B1319" t="s">
-        <v>1807</v>
+        <v>1805</v>
       </c>
       <c r="C1319" t="s">
-        <v>1808</v>
-[...2 lines deleted...]
-    <row r="1320" spans="1:26" customHeight="1" ht="396">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:26" customHeight="1" ht="445">
       <c r="A1320"/>
       <c r="B1320" t="s">
-        <v>1809</v>
-[...5 lines deleted...]
-    <row r="1321" spans="1:26" customHeight="1" ht="243">
+        <v>1807</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:26" customHeight="1" ht="286">
       <c r="A1321"/>
       <c r="B1321" t="s">
-        <v>1811</v>
-[...5 lines deleted...]
-    <row r="1322" spans="1:26" customHeight="1" ht="317">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:26" customHeight="1" ht="334">
       <c r="A1322"/>
       <c r="B1322" t="s">
-        <v>1812</v>
+        <v>1809</v>
       </c>
       <c r="C1322" t="s">
-        <v>1813</v>
-[...2 lines deleted...]
-    <row r="1323" spans="1:26" customHeight="1" ht="396">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="1323" spans="1:26" customHeight="1" ht="321">
       <c r="A1323"/>
       <c r="B1323" t="s">
-        <v>1814</v>
-[...2 lines deleted...]
-    <row r="1324" spans="1:26" customHeight="1" ht="325">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:26" customHeight="1" ht="257">
       <c r="A1324"/>
       <c r="B1324" t="s">
-        <v>1815</v>
+        <v>1812</v>
       </c>
       <c r="C1324" t="s">
-        <v>1816</v>
-[...2 lines deleted...]
-    <row r="1325" spans="1:26" customHeight="1" ht="446">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:26" customHeight="1" ht="268">
       <c r="A1325"/>
       <c r="B1325" t="s">
-        <v>1817</v>
-[...2 lines deleted...]
-    <row r="1326" spans="1:26" customHeight="1" ht="317">
+        <v>1813</v>
+      </c>
+      <c r="C1325" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="1326" spans="1:26" customHeight="1" ht="840">
       <c r="A1326"/>
       <c r="B1326" t="s">
-        <v>1818</v>
+        <v>1814</v>
       </c>
       <c r="C1326" t="s">
-        <v>1819</v>
-[...2 lines deleted...]
-    <row r="1327" spans="1:26" customHeight="1" ht="334">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:26" customHeight="1" ht="343">
       <c r="A1327"/>
       <c r="B1327" t="s">
-        <v>1820</v>
+        <v>1815</v>
       </c>
       <c r="C1327" t="s">
-        <v>1582</v>
-[...2 lines deleted...]
-    <row r="1328" spans="1:26" customHeight="1" ht="336">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="1328" spans="1:26" customHeight="1" ht="323">
       <c r="A1328"/>
       <c r="B1328" t="s">
-        <v>1821</v>
+        <v>1816</v>
       </c>
       <c r="C1328" t="s">
-        <v>1822</v>
-[...2 lines deleted...]
-    <row r="1329" spans="1:26" customHeight="1" ht="199">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="1329" spans="1:26" customHeight="1" ht="242">
       <c r="A1329"/>
       <c r="B1329" t="s">
-        <v>1823</v>
+        <v>1817</v>
       </c>
       <c r="C1329" t="s">
-        <v>1824</v>
-[...2 lines deleted...]
-    <row r="1330" spans="1:26" customHeight="1" ht="446">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="1330" spans="1:26" customHeight="1" ht="654">
       <c r="A1330"/>
       <c r="B1330" t="s">
-        <v>1825</v>
+        <v>1818</v>
       </c>
       <c r="C1330" t="s">
-        <v>1826</v>
-[...2 lines deleted...]
-    <row r="1331" spans="1:26" customHeight="1" ht="232">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:26" customHeight="1" ht="358">
       <c r="A1331"/>
       <c r="B1331" t="s">
-        <v>1827</v>
+        <v>1819</v>
       </c>
       <c r="C1331" t="s">
-        <v>1828</v>
-[...2 lines deleted...]
-    <row r="1332" spans="1:26" customHeight="1" ht="195">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="1332" spans="1:26" customHeight="1" ht="250">
       <c r="A1332"/>
       <c r="B1332" t="s">
-        <v>1829</v>
+        <v>1820</v>
       </c>
       <c r="C1332" t="s">
-        <v>1830</v>
-[...2 lines deleted...]
-    <row r="1333" spans="1:26" customHeight="1" ht="446">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="1333" spans="1:26" customHeight="1" ht="685">
       <c r="A1333"/>
       <c r="B1333" t="s">
-        <v>1831</v>
-[...2 lines deleted...]
-    <row r="1334" spans="1:26" customHeight="1" ht="577">
+        <v>1821</v>
+      </c>
+      <c r="C1333" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="1334" spans="1:26" customHeight="1" ht="284">
       <c r="A1334"/>
       <c r="B1334" t="s">
-        <v>1832</v>
+        <v>1822</v>
       </c>
       <c r="C1334" t="s">
-        <v>1833</v>
-[...2 lines deleted...]
-    <row r="1335" spans="1:26" customHeight="1" ht="309">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:26" customHeight="1" ht="333">
       <c r="A1335"/>
       <c r="B1335" t="s">
-        <v>1834</v>
+        <v>1823</v>
       </c>
       <c r="C1335" t="s">
-        <v>1835</v>
-[...2 lines deleted...]
-    <row r="1336" spans="1:26" customHeight="1" ht="446">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="1336" spans="1:26" customHeight="1" ht="267">
       <c r="A1336"/>
       <c r="B1336" t="s">
-        <v>1836</v>
+        <v>1824</v>
       </c>
       <c r="C1336" t="s">
-        <v>1837</v>
-[...2 lines deleted...]
-    <row r="1337" spans="1:26" customHeight="1" ht="263">
+        <v>1825</v>
+      </c>
+    </row>
+    <row r="1337" spans="1:26" customHeight="1" ht="446">
       <c r="A1337"/>
       <c r="B1337" t="s">
-        <v>1838</v>
+        <v>1826</v>
       </c>
       <c r="C1337" t="s">
-        <v>1839</v>
-[...2 lines deleted...]
-    <row r="1338" spans="1:26" customHeight="1" ht="428">
+        <v>1827</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:26" customHeight="1" ht="396">
       <c r="A1338"/>
       <c r="B1338" t="s">
-        <v>1840</v>
+        <v>1828</v>
       </c>
       <c r="C1338" t="s">
-        <v>1841</v>
-[...2 lines deleted...]
-    <row r="1339" spans="1:26" customHeight="1" ht="288">
+        <v>1829</v>
+      </c>
+    </row>
+    <row r="1339" spans="1:26" customHeight="1" ht="243">
       <c r="A1339"/>
       <c r="B1339" t="s">
-        <v>1842</v>
+        <v>1830</v>
       </c>
       <c r="C1339" t="s">
-        <v>1843</v>
-[...2 lines deleted...]
-    <row r="1340" spans="1:26" customHeight="1" ht="273">
+        <v>1559</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:26" customHeight="1" ht="317">
       <c r="A1340"/>
       <c r="B1340" t="s">
-        <v>1844</v>
+        <v>1831</v>
       </c>
       <c r="C1340" t="s">
-        <v>1845</v>
-[...2 lines deleted...]
-    <row r="1341" spans="1:26" customHeight="1" ht="544">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="1341" spans="1:26" customHeight="1" ht="396">
       <c r="A1341"/>
       <c r="B1341" t="s">
-        <v>1846</v>
-[...5 lines deleted...]
-    <row r="1342" spans="1:26" customHeight="1" ht="334">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:26" customHeight="1" ht="325">
       <c r="A1342"/>
       <c r="B1342" t="s">
-        <v>1848</v>
+        <v>1834</v>
       </c>
       <c r="C1342" t="s">
-        <v>1849</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="1343" spans="1:26" customHeight="1" ht="446">
       <c r="A1343"/>
       <c r="B1343" t="s">
-        <v>1850</v>
-[...5 lines deleted...]
-    <row r="1344" spans="1:26" customHeight="1" ht="365">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="1344" spans="1:26" customHeight="1" ht="317">
       <c r="A1344"/>
       <c r="B1344" t="s">
-        <v>1852</v>
+        <v>1837</v>
       </c>
       <c r="C1344" t="s">
-        <v>1853</v>
-[...2 lines deleted...]
-    <row r="1345" spans="1:26" customHeight="1" ht="446">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="1345" spans="1:26" customHeight="1" ht="334">
       <c r="A1345"/>
       <c r="B1345" t="s">
-        <v>1854</v>
+        <v>1839</v>
       </c>
       <c r="C1345" t="s">
-        <v>1855</v>
-[...2 lines deleted...]
-    <row r="1346" spans="1:26" customHeight="1" ht="446">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="1346" spans="1:26" customHeight="1" ht="336">
       <c r="A1346"/>
       <c r="B1346" t="s">
-        <v>1856</v>
+        <v>1840</v>
       </c>
       <c r="C1346" t="s">
-        <v>1857</v>
-[...2 lines deleted...]
-    <row r="1347" spans="1:26" customHeight="1" ht="446">
+        <v>1841</v>
+      </c>
+    </row>
+    <row r="1347" spans="1:26" customHeight="1" ht="199">
       <c r="A1347"/>
       <c r="B1347" t="s">
-        <v>1858</v>
+        <v>1842</v>
       </c>
       <c r="C1347" t="s">
-        <v>1859</v>
-[...2 lines deleted...]
-    <row r="1348" spans="1:26" customHeight="1" ht="321">
+        <v>1843</v>
+      </c>
+    </row>
+    <row r="1348" spans="1:26" customHeight="1" ht="446">
       <c r="A1348"/>
       <c r="B1348" t="s">
-        <v>1860</v>
+        <v>1844</v>
       </c>
       <c r="C1348" t="s">
-        <v>1861</v>
-[...2 lines deleted...]
-    <row r="1349" spans="1:26" customHeight="1" ht="446">
+        <v>1845</v>
+      </c>
+    </row>
+    <row r="1349" spans="1:26" customHeight="1" ht="232">
       <c r="A1349"/>
       <c r="B1349" t="s">
-        <v>1862</v>
+        <v>1846</v>
       </c>
       <c r="C1349" t="s">
-        <v>1863</v>
-[...2 lines deleted...]
-    <row r="1350" spans="1:26" customHeight="1" ht="446">
+        <v>1847</v>
+      </c>
+    </row>
+    <row r="1350" spans="1:26" customHeight="1" ht="195">
       <c r="A1350"/>
       <c r="B1350" t="s">
-        <v>1864</v>
+        <v>1848</v>
       </c>
       <c r="C1350" t="s">
-        <v>1865</v>
-[...2 lines deleted...]
-    <row r="1351" spans="1:26" customHeight="1" ht="247">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="1351" spans="1:26" customHeight="1" ht="446">
       <c r="A1351"/>
       <c r="B1351" t="s">
-        <v>1866</v>
-[...5 lines deleted...]
-    <row r="1352" spans="1:26" customHeight="1" ht="574">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="1352" spans="1:26" customHeight="1" ht="577">
       <c r="A1352"/>
       <c r="B1352" t="s">
-        <v>1868</v>
+        <v>1851</v>
       </c>
       <c r="C1352" t="s">
-        <v>1869</v>
-[...2 lines deleted...]
-    <row r="1353" spans="1:26" customHeight="1" ht="294">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:26" customHeight="1" ht="309">
       <c r="A1353"/>
       <c r="B1353" t="s">
-        <v>1870</v>
+        <v>1853</v>
       </c>
       <c r="C1353" t="s">
-        <v>1871</v>
-[...2 lines deleted...]
-    <row r="1354" spans="1:26" customHeight="1" ht="793">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:26" customHeight="1" ht="446">
       <c r="A1354"/>
       <c r="B1354" t="s">
-        <v>1872</v>
+        <v>1855</v>
       </c>
       <c r="C1354" t="s">
-        <v>1873</v>
-[...2 lines deleted...]
-    <row r="1355" spans="1:26" customHeight="1" ht="349">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:26" customHeight="1" ht="263">
       <c r="A1355"/>
       <c r="B1355" t="s">
-        <v>1874</v>
+        <v>1857</v>
       </c>
       <c r="C1355" t="s">
-        <v>1875</v>
-[...2 lines deleted...]
-    <row r="1356" spans="1:26" customHeight="1" ht="446">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="1356" spans="1:26" customHeight="1" ht="428">
       <c r="A1356"/>
       <c r="B1356" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C1356" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="1357" spans="1:26" customHeight="1" ht="288">
+      <c r="A1357"/>
+      <c r="B1357" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C1357" t="s">
+        <v>1862</v>
+      </c>
+    </row>
+    <row r="1358" spans="1:26" customHeight="1" ht="273">
+      <c r="A1358"/>
+      <c r="B1358" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C1358" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="1359" spans="1:26" customHeight="1" ht="544">
+      <c r="A1359"/>
+      <c r="B1359" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C1359" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="1360" spans="1:26" customHeight="1" ht="334">
+      <c r="A1360"/>
+      <c r="B1360" t="s">
+        <v>1867</v>
+      </c>
+      <c r="C1360" t="s">
+        <v>1868</v>
+      </c>
+    </row>
+    <row r="1361" spans="1:26" customHeight="1" ht="446">
+      <c r="A1361"/>
+      <c r="B1361" t="s">
+        <v>1869</v>
+      </c>
+      <c r="C1361" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="1362" spans="1:26" customHeight="1" ht="365">
+      <c r="A1362"/>
+      <c r="B1362" t="s">
+        <v>1871</v>
+      </c>
+      <c r="C1362" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="1363" spans="1:26" customHeight="1" ht="446">
+      <c r="A1363"/>
+      <c r="B1363" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C1363" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="1364" spans="1:26" customHeight="1" ht="446">
+      <c r="A1364"/>
+      <c r="B1364" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C1364" t="s">
         <v>1876</v>
       </c>
-      <c r="C1356" t="s">
+    </row>
+    <row r="1365" spans="1:26" customHeight="1" ht="446">
+      <c r="A1365"/>
+      <c r="B1365" t="s">
         <v>1877</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B1357" t="s">
+      <c r="C1365" t="s">
         <v>1878</v>
       </c>
     </row>
-    <row r="1358" spans="1:26">
-      <c r="B1358" t="s">
+    <row r="1366" spans="1:26" customHeight="1" ht="321">
+      <c r="A1366"/>
+      <c r="B1366" t="s">
         <v>1879</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B1359" t="s">
+      <c r="C1366" t="s">
         <v>1880</v>
       </c>
-      <c r="C1359" t="s">
+    </row>
+    <row r="1367" spans="1:26" customHeight="1" ht="446">
+      <c r="A1367"/>
+      <c r="B1367" t="s">
         <v>1881</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B1360" t="s">
+      <c r="C1367" t="s">
         <v>1882</v>
       </c>
     </row>
-    <row r="1361" spans="1:26">
-      <c r="B1361" t="s">
+    <row r="1368" spans="1:26" customHeight="1" ht="446">
+      <c r="A1368"/>
+      <c r="B1368" t="s">
         <v>1883</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B1362" t="s">
+      <c r="C1368" t="s">
         <v>1884</v>
       </c>
     </row>
-    <row r="1363" spans="1:26">
-      <c r="B1363" t="s">
+    <row r="1369" spans="1:26" customHeight="1" ht="247">
+      <c r="A1369"/>
+      <c r="B1369" t="s">
         <v>1885</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B1364" t="s">
+      <c r="C1369" t="s">
         <v>1886</v>
       </c>
-      <c r="C1364" t="s">
+    </row>
+    <row r="1370" spans="1:26" customHeight="1" ht="574">
+      <c r="A1370"/>
+      <c r="B1370" t="s">
         <v>1887</v>
+      </c>
+      <c r="C1370" t="s">
+        <v>1888</v>
+      </c>
+    </row>
+    <row r="1371" spans="1:26" customHeight="1" ht="294">
+      <c r="A1371"/>
+      <c r="B1371" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C1371" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="1372" spans="1:26" customHeight="1" ht="793">
+      <c r="A1372"/>
+      <c r="B1372" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C1372" t="s">
+        <v>1892</v>
+      </c>
+    </row>
+    <row r="1373" spans="1:26" customHeight="1" ht="349">
+      <c r="A1373"/>
+      <c r="B1373" t="s">
+        <v>1893</v>
+      </c>
+      <c r="C1373" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="1374" spans="1:26" customHeight="1" ht="446">
+      <c r="A1374"/>
+      <c r="B1374" t="s">
+        <v>1895</v>
+      </c>
+      <c r="C1374" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="1375" spans="1:26">
+      <c r="B1375" t="s">
+        <v>1897</v>
+      </c>
+    </row>
+    <row r="1376" spans="1:26">
+      <c r="B1376" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="1377" spans="1:26">
+      <c r="B1377" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C1377" t="s">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="1378" spans="1:26">
+      <c r="B1378" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="1379" spans="1:26">
+      <c r="B1379" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="1380" spans="1:26">
+      <c r="B1380" t="s">
+        <v>1903</v>
+      </c>
+    </row>
+    <row r="1381" spans="1:26">
+      <c r="B1381" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="1382" spans="1:26">
+      <c r="B1382" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C1382" t="s">
+        <v>1906</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>